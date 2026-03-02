--- v0 (2025-10-14)
+++ v1 (2026-03-02)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ODSBASES\STATISTIQUES\StatMSP\resBDV\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27CDC810-8EFB-4C9A-8CA6-49BCDBD04AB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{57919DF8-4E3B-4382-AFDB-296CF775C581}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="24240" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="GLOBAL" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="GLOBAL">GLOBAL!$A$2:$X$145</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="334">
   <si>
     <t>num_bass_vie</t>
   </si>
   <si>
     <t>libbassin</t>
   </si>
   <si>
     <t>poptot</t>
   </si>
   <si>
     <t>pop_reg_centre</t>
   </si>
@@ -97,476 +97,905 @@
   <si>
     <t>nb_pedicure</t>
   </si>
   <si>
     <t>dens_pedicure</t>
   </si>
   <si>
     <t>nb_orthoptist</t>
   </si>
   <si>
     <t>dens_orthoptist</t>
   </si>
   <si>
     <t>popfemme16_59</t>
   </si>
   <si>
     <t>nb_sage_femme</t>
   </si>
   <si>
     <t>dens_sage_femme</t>
   </si>
   <si>
     <t>18003</t>
   </si>
   <si>
+    <t xml:space="preserve"> Les Aix-d'Angillon</t>
+  </si>
+  <si>
     <t>18015</t>
   </si>
   <si>
+    <t xml:space="preserve"> Aubigny-sur-Nère</t>
+  </si>
+  <si>
     <t>18033</t>
   </si>
   <si>
+    <t xml:space="preserve"> Bourges</t>
+  </si>
+  <si>
     <t>18057</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châteaumeillant</t>
+  </si>
+  <si>
     <t>18087</t>
   </si>
   <si>
+    <t xml:space="preserve"> Dun-sur-Auron</t>
+  </si>
+  <si>
     <t>18108</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Guerche-sur-l'Aubois</t>
+  </si>
+  <si>
     <t>18109</t>
   </si>
   <si>
+    <t xml:space="preserve"> Henrichemont</t>
+  </si>
+  <si>
     <t>18141</t>
   </si>
   <si>
+    <t xml:space="preserve"> Mehun-sur-Yèvre</t>
+  </si>
+  <si>
     <t>18197</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Amand-Montrond</t>
+  </si>
+  <si>
     <t>18205</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Doulchard</t>
+  </si>
+  <si>
     <t>18207</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Florent-sur-Cher</t>
+  </si>
+  <si>
     <t>18213</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Germain-du-Puy</t>
+  </si>
+  <si>
     <t>18241</t>
   </si>
   <si>
+    <t xml:space="preserve"> Sancerre</t>
+  </si>
+  <si>
     <t>18242</t>
   </si>
   <si>
+    <t xml:space="preserve"> Sancoins</t>
+  </si>
+  <si>
     <t>18279</t>
   </si>
   <si>
+    <t xml:space="preserve"> Vierzon</t>
+  </si>
+  <si>
     <t>23031</t>
   </si>
   <si>
+    <t xml:space="preserve"> Boussac</t>
+  </si>
+  <si>
     <t>23176</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Souterraine</t>
+  </si>
+  <si>
     <t>27230</t>
   </si>
   <si>
+    <t xml:space="preserve"> Ézy-sur-Eure</t>
+  </si>
+  <si>
     <t>27679</t>
   </si>
   <si>
+    <t xml:space="preserve"> Verneuil d'Avre et d'Iton</t>
+  </si>
+  <si>
     <t>28015</t>
   </si>
   <si>
+    <t xml:space="preserve"> Auneau-Bleury-Saint-Symphorien</t>
+  </si>
+  <si>
     <t>28051</t>
   </si>
   <si>
+    <t xml:space="preserve"> Bonneval</t>
+  </si>
+  <si>
     <t>28061</t>
   </si>
   <si>
+    <t xml:space="preserve"> Brou</t>
+  </si>
+  <si>
     <t>28085</t>
   </si>
   <si>
+    <t xml:space="preserve"> Chartres</t>
+  </si>
+  <si>
     <t>28088</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châteaudun</t>
+  </si>
+  <si>
     <t>28089</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châteauneuf-en-Thymerais</t>
+  </si>
+  <si>
     <t>28103</t>
   </si>
   <si>
+    <t xml:space="preserve"> Cloyes-les-Trois-Rivières</t>
+  </si>
+  <si>
     <t>28116</t>
   </si>
   <si>
+    <t xml:space="preserve"> Courville-sur-Eure</t>
+  </si>
+  <si>
     <t>28134</t>
   </si>
   <si>
+    <t xml:space="preserve"> Dreux</t>
+  </si>
+  <si>
     <t>28140</t>
   </si>
   <si>
+    <t xml:space="preserve"> Épernon</t>
+  </si>
+  <si>
     <t>28196</t>
   </si>
   <si>
+    <t xml:space="preserve"> Illiers-Combray</t>
+  </si>
+  <si>
     <t>28199</t>
   </si>
   <si>
+    <t xml:space="preserve"> Janville-en-Beauce</t>
+  </si>
+  <si>
     <t>28214</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Loupe</t>
+  </si>
+  <si>
     <t>28218</t>
   </si>
   <si>
+    <t xml:space="preserve"> Lucé</t>
+  </si>
+  <si>
     <t>28220</t>
   </si>
   <si>
+    <t xml:space="preserve"> Luisant</t>
+  </si>
+  <si>
     <t>28227</t>
   </si>
   <si>
+    <t xml:space="preserve"> Maintenon</t>
+  </si>
+  <si>
     <t>28229</t>
   </si>
   <si>
+    <t xml:space="preserve"> Mainvilliers</t>
+  </si>
+  <si>
     <t>28279</t>
   </si>
   <si>
+    <t xml:space="preserve"> Nogent-le-Roi</t>
+  </si>
+  <si>
     <t>28280</t>
   </si>
   <si>
+    <t xml:space="preserve"> Nogent-le-Rotrou</t>
+  </si>
+  <si>
     <t>28348</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Lubin-des-Joncherets</t>
+  </si>
+  <si>
     <t>28373</t>
   </si>
   <si>
+    <t xml:space="preserve"> Senonches</t>
+  </si>
+  <si>
     <t>28404</t>
   </si>
   <si>
+    <t xml:space="preserve"> Vernouillet (CVdL)</t>
+  </si>
+  <si>
     <t>28422</t>
   </si>
   <si>
+    <t xml:space="preserve"> Les Villages Vovéens</t>
+  </si>
+  <si>
     <t>36001</t>
   </si>
   <si>
+    <t xml:space="preserve"> Aigurande</t>
+  </si>
+  <si>
     <t>36006</t>
   </si>
   <si>
+    <t xml:space="preserve"> Argenton-sur-Creuse</t>
+  </si>
+  <si>
     <t>36018</t>
   </si>
   <si>
+    <t xml:space="preserve"> Le Blanc</t>
+  </si>
+  <si>
     <t>36031</t>
   </si>
   <si>
+    <t xml:space="preserve"> Buzançais</t>
+  </si>
+  <si>
     <t>36034</t>
   </si>
   <si>
+    <t xml:space="preserve"> Chabris</t>
+  </si>
+  <si>
     <t>36044</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châteauroux</t>
+  </si>
+  <si>
     <t>36045</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châtillon-sur-Indre</t>
+  </si>
+  <si>
     <t>36046</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Châtre</t>
+  </si>
+  <si>
     <t>36063</t>
   </si>
   <si>
+    <t xml:space="preserve"> Déols</t>
+  </si>
+  <si>
     <t>36088</t>
   </si>
   <si>
+    <t xml:space="preserve"> Issoudun</t>
+  </si>
+  <si>
     <t>36093</t>
   </si>
   <si>
+    <t xml:space="preserve"> Levroux</t>
+  </si>
+  <si>
     <t>36228</t>
   </si>
   <si>
+    <t xml:space="preserve"> Valençay</t>
+  </si>
+  <si>
     <t>37003</t>
   </si>
   <si>
+    <t xml:space="preserve"> Amboise</t>
+  </si>
+  <si>
     <t>37014</t>
   </si>
   <si>
+    <t xml:space="preserve"> Azay-le-Rideau</t>
+  </si>
+  <si>
     <t>37018</t>
   </si>
   <si>
+    <t xml:space="preserve"> Ballan-Miré</t>
+  </si>
+  <si>
     <t>37022</t>
   </si>
   <si>
+    <t xml:space="preserve"> Beaumont-en-Véron</t>
+  </si>
+  <si>
     <t>37027</t>
   </si>
   <si>
+    <t xml:space="preserve"> Bléré</t>
+  </si>
+  <si>
     <t>37031</t>
   </si>
   <si>
+    <t xml:space="preserve"> Bourgueil</t>
+  </si>
+  <si>
     <t>37050</t>
   </si>
   <si>
+    <t xml:space="preserve"> Chambray-lès-Tours</t>
+  </si>
+  <si>
     <t>37063</t>
   </si>
   <si>
+    <t xml:space="preserve"> Château-Renault</t>
+  </si>
+  <si>
     <t>37072</t>
   </si>
   <si>
+    <t xml:space="preserve"> Chinon</t>
+  </si>
+  <si>
     <t>37104</t>
   </si>
   <si>
+    <t xml:space="preserve"> Esvres</t>
+  </si>
+  <si>
     <t>37109</t>
   </si>
   <si>
+    <t xml:space="preserve"> Fondettes</t>
+  </si>
+  <si>
     <t>37115</t>
   </si>
   <si>
+    <t xml:space="preserve"> Descartes</t>
+  </si>
+  <si>
     <t>37119</t>
   </si>
   <si>
+    <t xml:space="preserve"> L'Île-Bouchard</t>
+  </si>
+  <si>
     <t>37122</t>
   </si>
   <si>
+    <t xml:space="preserve"> Joué-lès-Tours</t>
+  </si>
+  <si>
     <t>37123</t>
   </si>
   <si>
+    <t xml:space="preserve"> Langeais</t>
+  </si>
+  <si>
     <t>37130</t>
   </si>
   <si>
+    <t xml:space="preserve"> Ligueil</t>
+  </si>
+  <si>
     <t>37132</t>
   </si>
   <si>
+    <t xml:space="preserve"> Loches</t>
+  </si>
+  <si>
     <t>37139</t>
   </si>
   <si>
+    <t xml:space="preserve"> Luynes</t>
+  </si>
+  <si>
     <t>37156</t>
   </si>
   <si>
+    <t xml:space="preserve"> Montlouis-sur-Loire</t>
+  </si>
+  <si>
     <t>37159</t>
   </si>
   <si>
+    <t xml:space="preserve"> Monts</t>
+  </si>
+  <si>
     <t>37167</t>
   </si>
   <si>
+    <t xml:space="preserve"> Neuillé-Pont-Pierre</t>
+  </si>
+  <si>
     <t>37195</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Riche</t>
+  </si>
+  <si>
     <t>37196</t>
   </si>
   <si>
+    <t xml:space="preserve"> Richelieu</t>
+  </si>
+  <si>
     <t>37208</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Avertin</t>
+  </si>
+  <si>
     <t>37214</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Cyr-sur-Loire</t>
+  </si>
+  <si>
     <t>37226</t>
   </si>
   <si>
+    <t xml:space="preserve"> Sainte-Maure-de-Touraine</t>
+  </si>
+  <si>
     <t>37233</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Pierre-des-Corps</t>
+  </si>
+  <si>
     <t>37261</t>
   </si>
   <si>
+    <t xml:space="preserve"> Tours</t>
+  </si>
+  <si>
     <t>41018</t>
   </si>
   <si>
+    <t xml:space="preserve"> Blois</t>
+  </si>
+  <si>
     <t>41025</t>
   </si>
   <si>
+    <t xml:space="preserve"> Bracieux</t>
+  </si>
+  <si>
     <t>41047</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Chaussée-Saint-Victor</t>
+  </si>
+  <si>
     <t>41059</t>
   </si>
   <si>
+    <t xml:space="preserve"> Le Controis-en-Sologne</t>
+  </si>
+  <si>
     <t>41106</t>
   </si>
   <si>
+    <t xml:space="preserve"> Lamotte-Beuvron</t>
+  </si>
+  <si>
     <t>41136</t>
   </si>
   <si>
+    <t xml:space="preserve"> Mer</t>
+  </si>
+  <si>
     <t>41143</t>
   </si>
   <si>
+    <t xml:space="preserve"> Mondoubleau</t>
+  </si>
+  <si>
     <t>41149</t>
   </si>
   <si>
+    <t xml:space="preserve"> Montoire-sur-le-Loir</t>
+  </si>
+  <si>
     <t>41151</t>
   </si>
   <si>
+    <t xml:space="preserve"> Montrichard Val de Cher</t>
+  </si>
+  <si>
     <t>41167</t>
   </si>
   <si>
+    <t xml:space="preserve"> Veuzain-sur-Loire</t>
+  </si>
+  <si>
     <t>41194</t>
   </si>
   <si>
+    <t xml:space="preserve"> Romorantin-Lanthenay</t>
+  </si>
+  <si>
     <t>41198</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Aignan</t>
+  </si>
+  <si>
     <t>41232</t>
   </si>
   <si>
+    <t xml:space="preserve"> Salbris</t>
+  </si>
+  <si>
     <t>41242</t>
   </si>
   <si>
+    <t xml:space="preserve"> Selles-sur-Cher</t>
+  </si>
+  <si>
     <t>41269</t>
   </si>
   <si>
+    <t xml:space="preserve"> Vendôme</t>
+  </si>
+  <si>
     <t>41295</t>
   </si>
   <si>
+    <t xml:space="preserve"> Vineuil</t>
+  </si>
+  <si>
     <t>45004</t>
   </si>
   <si>
+    <t xml:space="preserve"> Amilly</t>
+  </si>
+  <si>
     <t>45028</t>
   </si>
   <si>
+    <t xml:space="preserve"> Beaugency</t>
+  </si>
+  <si>
     <t>45030</t>
   </si>
   <si>
+    <t xml:space="preserve"> Beaune-la-Rolande</t>
+  </si>
+  <si>
     <t>45031</t>
   </si>
   <si>
+    <t xml:space="preserve"> Bellegarde (CVdL)</t>
+  </si>
+  <si>
     <t>45053</t>
   </si>
   <si>
+    <t xml:space="preserve"> Briare</t>
+  </si>
+  <si>
     <t>45068</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châlette-sur-Loing</t>
+  </si>
+  <si>
     <t>45075</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Chapelle-Saint-Mesmin</t>
+  </si>
+  <si>
     <t>45082</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châteauneuf-sur-Loire</t>
+  </si>
+  <si>
     <t>45083</t>
   </si>
   <si>
+    <t xml:space="preserve"> Château-Renard</t>
+  </si>
+  <si>
     <t>45085</t>
   </si>
   <si>
+    <t xml:space="preserve"> Châtillon-Coligny</t>
+  </si>
+  <si>
     <t>45089</t>
   </si>
   <si>
+    <t xml:space="preserve"> Chécy</t>
+  </si>
+  <si>
     <t>45115</t>
   </si>
   <si>
+    <t xml:space="preserve"> Courtenay</t>
+  </si>
+  <si>
     <t>45145</t>
   </si>
   <si>
+    <t xml:space="preserve"> Ferrières-en-Gâtinais</t>
+  </si>
+  <si>
     <t>45146</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Ferté-Saint-Aubin</t>
+  </si>
+  <si>
     <t>45147</t>
   </si>
   <si>
+    <t xml:space="preserve"> Fleury-les-Aubrais</t>
+  </si>
+  <si>
     <t>45155</t>
   </si>
   <si>
+    <t xml:space="preserve"> Gien</t>
+  </si>
+  <si>
     <t>45169</t>
   </si>
   <si>
+    <t xml:space="preserve"> Ingré</t>
+  </si>
+  <si>
     <t>45173</t>
   </si>
   <si>
+    <t xml:space="preserve"> Jargeau</t>
+  </si>
+  <si>
     <t>45187</t>
   </si>
   <si>
+    <t xml:space="preserve"> Lorris</t>
+  </si>
+  <si>
     <t>45191</t>
   </si>
   <si>
+    <t xml:space="preserve"> Le Malesherbois</t>
+  </si>
+  <si>
     <t>45203</t>
   </si>
   <si>
+    <t xml:space="preserve"> Meung-sur-Loire</t>
+  </si>
+  <si>
     <t>45208</t>
   </si>
   <si>
+    <t xml:space="preserve"> Montargis</t>
+  </si>
+  <si>
     <t>45224</t>
   </si>
   <si>
+    <t xml:space="preserve"> Neuville-aux-Bois</t>
+  </si>
+  <si>
     <t>45232</t>
   </si>
   <si>
+    <t xml:space="preserve"> Olivet</t>
+  </si>
+  <si>
     <t>45234</t>
   </si>
   <si>
+    <t xml:space="preserve"> Orléans</t>
+  </si>
+  <si>
     <t>45248</t>
   </si>
   <si>
+    <t xml:space="preserve"> Patay</t>
+  </si>
+  <si>
     <t>45252</t>
   </si>
   <si>
+    <t xml:space="preserve"> Pithiviers</t>
+  </si>
+  <si>
     <t>45258</t>
   </si>
   <si>
+    <t xml:space="preserve"> Puiseaux</t>
+  </si>
+  <si>
     <t>45274</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Denis-en-Val</t>
+  </si>
+  <si>
     <t>45284</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Jean-de-Braye</t>
+  </si>
+  <si>
     <t>45285</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Jean-de-la-Ruelle</t>
+  </si>
+  <si>
     <t>45286</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Jean-le-Blanc</t>
+  </si>
+  <si>
     <t>45302</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saran</t>
+  </si>
+  <si>
     <t>45315</t>
   </si>
   <si>
+    <t xml:space="preserve"> Sully-sur-Loire</t>
+  </si>
+  <si>
     <t>58059</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Charité-sur-Loire</t>
+  </si>
+  <si>
     <t>58086</t>
   </si>
   <si>
+    <t xml:space="preserve"> Cosne-Cours-sur-Loire</t>
+  </si>
+  <si>
     <t>58117</t>
   </si>
   <si>
+    <t xml:space="preserve"> Fourchambault</t>
+  </si>
+  <si>
     <t>72068</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Chartre-sur-le-Loir</t>
+  </si>
+  <si>
     <t>72071</t>
   </si>
   <si>
+    <t xml:space="preserve"> Montval-sur-Loir</t>
+  </si>
+  <si>
     <t>72269</t>
   </si>
   <si>
+    <t xml:space="preserve"> Saint-Calais</t>
+  </si>
+  <si>
     <t>72373</t>
   </si>
   <si>
+    <t xml:space="preserve"> Vibraye</t>
+  </si>
+  <si>
     <t>77458</t>
   </si>
   <si>
+    <t xml:space="preserve"> Souppes-sur-Loing</t>
+  </si>
+  <si>
     <t>78310</t>
   </si>
   <si>
+    <t xml:space="preserve"> Houdan</t>
+  </si>
+  <si>
     <t>86207</t>
   </si>
   <si>
+    <t xml:space="preserve"> La Roche-Posay</t>
+  </si>
+  <si>
     <t>91016</t>
   </si>
   <si>
+    <t xml:space="preserve"> Angerville</t>
+  </si>
+  <si>
     <t>Numéro Territoire de Santé</t>
   </si>
   <si>
     <t>Nom Territoire de Santé</t>
   </si>
   <si>
     <t>Population Totale</t>
   </si>
   <si>
     <t>Population Totale Domicilié Région Centre</t>
   </si>
   <si>
     <t>% Population Totale Domicilié Région Centre</t>
   </si>
   <si>
     <t>Nb de Médecins Généralistes y compris MEP</t>
   </si>
   <si>
     <t>Densité de Médecins Généralistes y compris MEP pour 100.000 hab.</t>
   </si>
   <si>
     <t>Nb de MédecinsSpécialistes</t>
   </si>
   <si>
     <t>Densité de MédecinsSpécialistes pour 100.000 hab.</t>
@@ -593,479 +1022,50 @@
     <t>Nb d'Orthophonistes</t>
   </si>
   <si>
     <t>Densité d'Orthophonistes pour 100.000 hab.</t>
   </si>
   <si>
     <t>Nb de Pédicures</t>
   </si>
   <si>
     <t>Densité de Pédicures pour 100.000 hab.</t>
   </si>
   <si>
     <t>Nb d'Orthoptistes</t>
   </si>
   <si>
     <t>Densité d'Orthoptistes pour 100.000 hab.</t>
   </si>
   <si>
     <t>Population des femmes de 16 à 59 ans</t>
   </si>
   <si>
     <t>Nb de Sage-femmes</t>
   </si>
   <si>
     <t>Densité Sage- femmes pour 100.000 femmes de 16 à 59  ans.</t>
-  </si>
-[...427 lines deleted...]
-    <t>Angerville</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0\ _€_-;\-* #,##0\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1404,147 +1404,147 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:X145"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F147" sqref="F147"/>
+    <sheetView tabSelected="1" topLeftCell="J1" workbookViewId="0">
+      <selection activeCell="V14" sqref="V14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="1"/>
     <col min="2" max="2" width="41" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="10" width="13" customWidth="1"/>
     <col min="11" max="11" width="15" customWidth="1"/>
     <col min="12" max="18" width="13" customWidth="1"/>
     <col min="19" max="20" width="14" customWidth="1"/>
     <col min="21" max="21" width="16" customWidth="1"/>
     <col min="22" max="23" width="14" customWidth="1"/>
     <col min="24" max="24" width="16" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" ht="63" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:24" ht="61.2" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>167</v>
+        <v>310</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>168</v>
+        <v>311</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>169</v>
+        <v>312</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>170</v>
+        <v>313</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>171</v>
+        <v>314</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>172</v>
+        <v>315</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>173</v>
+        <v>316</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>174</v>
+        <v>317</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>175</v>
+        <v>318</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>176</v>
+        <v>319</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>177</v>
+        <v>320</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>178</v>
+        <v>321</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>179</v>
+        <v>322</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>180</v>
+        <v>323</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>181</v>
+        <v>324</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>182</v>
+        <v>325</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>183</v>
+        <v>326</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>184</v>
+        <v>327</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>185</v>
+        <v>328</v>
       </c>
       <c r="T1" s="1" t="s">
-        <v>186</v>
+        <v>329</v>
       </c>
       <c r="U1" s="1" t="s">
-        <v>187</v>
+        <v>330</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>188</v>
+        <v>331</v>
       </c>
       <c r="W1" s="1" t="s">
-        <v>189</v>
+        <v>332</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:24" x14ac:dyDescent="0.25">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="2" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>2</v>
       </c>
       <c r="D2" t="s">
         <v>3</v>
       </c>
       <c r="E2" t="s">
         <v>4</v>
       </c>
       <c r="F2" t="s">
         <v>5</v>
       </c>
       <c r="G2" t="s">
         <v>6</v>
       </c>
       <c r="H2" t="s">
         <v>7</v>
       </c>
       <c r="I2" t="s">
@@ -1574,10625 +1574,10625 @@
       <c r="Q2" t="s">
         <v>16</v>
       </c>
       <c r="R2" t="s">
         <v>17</v>
       </c>
       <c r="S2" t="s">
         <v>18</v>
       </c>
       <c r="T2" t="s">
         <v>19</v>
       </c>
       <c r="U2" t="s">
         <v>20</v>
       </c>
       <c r="V2" t="s">
         <v>21</v>
       </c>
       <c r="W2" t="s">
         <v>22</v>
       </c>
       <c r="X2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>25</v>
       </c>
       <c r="C3" s="4">
         <v>5491.9988000000003</v>
       </c>
       <c r="D3" s="4">
         <v>5491.9988000000003</v>
       </c>
       <c r="E3" s="3">
         <v>100</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>1</v>
       </c>
       <c r="K3" s="3">
-        <v>18.208306964999998</v>
+        <v>18.208306964670129</v>
       </c>
       <c r="L3">
         <v>1</v>
       </c>
       <c r="M3" s="3">
-        <v>18.208306964999998</v>
+        <v>18.208306964670129</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3" s="3">
-        <v>72.833227859000004</v>
+        <v>72.833227858680516</v>
       </c>
       <c r="P3">
         <v>1</v>
       </c>
       <c r="Q3" s="3">
-        <v>18.208306964999998</v>
+        <v>18.208306964670129</v>
       </c>
       <c r="R3">
         <v>1</v>
       </c>
       <c r="S3" s="3">
-        <v>18.208306964999998</v>
+        <v>18.208306964670129</v>
       </c>
       <c r="T3">
         <v>0</v>
       </c>
       <c r="U3" s="3">
         <v>0</v>
       </c>
       <c r="V3" s="4">
         <v>1290.8974000000001</v>
       </c>
       <c r="W3">
         <v>1</v>
       </c>
       <c r="X3" s="3">
-        <v>77.465490286000005</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:24" x14ac:dyDescent="0.25">
+        <v>77.465490286059904</v>
+      </c>
+    </row>
+    <row r="4" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>192</v>
+        <v>27</v>
       </c>
       <c r="C4" s="4">
         <v>13321.007799999999</v>
       </c>
       <c r="D4" s="4">
         <v>13321.007799999999</v>
       </c>
       <c r="E4" s="3">
         <v>100</v>
       </c>
       <c r="F4">
         <v>7</v>
       </c>
       <c r="G4" s="3">
-        <v>52.548576693000001</v>
+        <v>52.54857669252322</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
       <c r="J4">
         <v>4</v>
       </c>
       <c r="K4" s="3">
-        <v>30.027758110000001</v>
+        <v>30.02775811001327</v>
       </c>
       <c r="L4">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M4" s="3">
-        <v>67.562455748000005</v>
+        <v>75.069395275033173</v>
       </c>
       <c r="N4">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O4" s="3">
-        <v>150.13879055000001</v>
+        <v>157.64573007756968</v>
       </c>
       <c r="P4">
         <v>1</v>
       </c>
       <c r="Q4" s="3">
-        <v>7.5069395280000002</v>
+        <v>7.5069395275033175</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4" s="3">
-        <v>22.520818583000001</v>
+        <v>22.520818582509953</v>
       </c>
       <c r="T4">
         <v>0</v>
       </c>
       <c r="U4" s="3">
         <v>0</v>
       </c>
       <c r="V4" s="4">
-        <v>2987.7541999999999</v>
+        <v>2987.7541999999989</v>
       </c>
       <c r="W4">
         <v>0</v>
       </c>
       <c r="X4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>193</v>
+        <v>29</v>
       </c>
       <c r="C5" s="4">
-        <v>75517.000499999995</v>
+        <v>75517.000500000009</v>
       </c>
       <c r="D5" s="4">
-        <v>75517.000499999995</v>
+        <v>75517.000500000009</v>
       </c>
       <c r="E5" s="3">
         <v>100</v>
       </c>
       <c r="F5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G5" s="3">
-        <v>87.397539047999999</v>
+        <v>86.073333911084021</v>
       </c>
       <c r="H5">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="I5" s="3">
-        <v>88.721744185000006</v>
+        <v>86.073333911084021</v>
       </c>
       <c r="J5">
         <v>47</v>
       </c>
       <c r="K5" s="3">
-        <v>62.237641443000001</v>
+        <v>62.237641443399212</v>
       </c>
       <c r="L5">
         <v>74</v>
       </c>
       <c r="M5" s="3">
-        <v>97.991180145000001</v>
+        <v>97.991180144926432</v>
       </c>
       <c r="N5">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="O5" s="3">
-        <v>113.88164179</v>
+        <v>117.85425720133044</v>
       </c>
       <c r="P5">
         <v>18</v>
       </c>
       <c r="Q5" s="3">
-        <v>23.835692468000001</v>
+        <v>23.835692467684808</v>
       </c>
       <c r="R5">
         <v>17</v>
       </c>
       <c r="S5" s="3">
-        <v>22.511487331000001</v>
+        <v>22.511487330591208</v>
       </c>
       <c r="T5">
         <v>5</v>
       </c>
       <c r="U5" s="3">
-        <v>6.6210256850000002</v>
+        <v>6.621025685468001</v>
       </c>
       <c r="V5" s="4">
         <v>19964.6957</v>
       </c>
       <c r="W5">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="X5" s="3">
-        <v>30.053050095</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:24" x14ac:dyDescent="0.25">
+        <v>35.061891777293653</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
-        <v>194</v>
+        <v>31</v>
       </c>
       <c r="C6" s="4">
         <v>9456.9992000000002</v>
       </c>
       <c r="D6" s="4">
         <v>9052.0005000000001</v>
       </c>
       <c r="E6" s="3">
-        <v>95.717471352000004</v>
+        <v>95.717471351800484</v>
       </c>
       <c r="F6">
         <v>4</v>
       </c>
       <c r="G6" s="3">
-        <v>42.296715009000003</v>
+        <v>42.296715008710159</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" s="3">
-        <v>10.574178752</v>
+        <v>10.57417875217754</v>
       </c>
       <c r="J6">
         <v>2</v>
       </c>
       <c r="K6" s="3">
-        <v>21.148357504</v>
+        <v>21.148357504355079</v>
       </c>
       <c r="L6">
         <v>8</v>
       </c>
       <c r="M6" s="3">
-        <v>84.593430017000003</v>
+        <v>84.593430017420317</v>
       </c>
       <c r="N6">
         <v>20</v>
       </c>
       <c r="O6" s="3">
-        <v>211.48357504399999</v>
+        <v>211.48357504355081</v>
       </c>
       <c r="P6">
         <v>1</v>
       </c>
       <c r="Q6" s="3">
-        <v>10.574178752</v>
+        <v>10.57417875217754</v>
       </c>
       <c r="R6">
         <v>1</v>
       </c>
       <c r="S6" s="3">
-        <v>10.574178752</v>
+        <v>10.57417875217754</v>
       </c>
       <c r="T6">
         <v>0</v>
       </c>
       <c r="U6" s="3">
         <v>0</v>
       </c>
       <c r="V6" s="4">
-        <v>1815.9221</v>
+        <v>1815.9220999999998</v>
       </c>
       <c r="W6">
         <v>0</v>
       </c>
       <c r="X6" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>195</v>
+        <v>33</v>
       </c>
       <c r="C7" s="4">
-        <v>10235.0031</v>
+        <v>10235.003100000004</v>
       </c>
       <c r="D7" s="4">
-        <v>10235.0031</v>
+        <v>10235.003100000004</v>
       </c>
       <c r="E7" s="3">
         <v>100</v>
       </c>
       <c r="F7">
         <v>7</v>
       </c>
       <c r="G7" s="3">
-        <v>68.392749191999997</v>
+        <v>68.392749192230312</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
       <c r="J7">
         <v>4</v>
       </c>
       <c r="K7" s="3">
-        <v>39.081570966999998</v>
+        <v>39.08157096698875</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
       <c r="M7" s="3">
-        <v>58.622356449999998</v>
+        <v>58.622356450483132</v>
       </c>
       <c r="N7">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="O7" s="3">
-        <v>87.933534675999994</v>
+        <v>78.163141933977499</v>
       </c>
       <c r="P7">
         <v>1</v>
       </c>
       <c r="Q7" s="3">
-        <v>9.7703927420000003</v>
+        <v>9.7703927417471874</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7" s="3">
-        <v>19.540785483000001</v>
+        <v>19.540785483494375</v>
       </c>
       <c r="T7">
         <v>0</v>
       </c>
       <c r="U7" s="3">
         <v>0</v>
       </c>
       <c r="V7" s="4">
-        <v>2483.0414999999998</v>
+        <v>2483.0415000000003</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="X7" s="3">
-        <v>80.546378302999997</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:24" x14ac:dyDescent="0.25">
+        <v>40.273189151288847</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>196</v>
+        <v>35</v>
       </c>
       <c r="C8" s="4">
-        <v>7563.0006999999996</v>
+        <v>7563.0007000000005</v>
       </c>
       <c r="D8" s="4">
-        <v>7563.0006999999996</v>
+        <v>7563.0007000000005</v>
       </c>
       <c r="E8" s="3">
         <v>100</v>
       </c>
       <c r="F8">
         <v>2</v>
       </c>
       <c r="G8" s="3">
-        <v>26.444530145000002</v>
+        <v>26.444530145290081</v>
       </c>
       <c r="H8">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>26.444530145290081</v>
       </c>
       <c r="J8">
         <v>1</v>
       </c>
       <c r="K8" s="3">
-        <v>13.222265073000001</v>
+        <v>13.22226507264504</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8" s="3">
-        <v>52.889060291</v>
+        <v>52.889060290580161</v>
       </c>
       <c r="N8">
         <v>12</v>
       </c>
       <c r="O8" s="3">
-        <v>158.66718087199999</v>
+        <v>158.6671808717405</v>
       </c>
       <c r="P8">
         <v>1</v>
       </c>
       <c r="Q8" s="3">
-        <v>13.222265073000001</v>
+        <v>13.22226507264504</v>
       </c>
       <c r="R8">
         <v>1</v>
       </c>
       <c r="S8" s="3">
-        <v>13.222265073000001</v>
+        <v>13.22226507264504</v>
       </c>
       <c r="T8">
         <v>0</v>
       </c>
       <c r="U8" s="3">
         <v>0</v>
       </c>
       <c r="V8" s="4">
-        <v>1762.4905000000001</v>
+        <v>1762.4904999999999</v>
       </c>
       <c r="W8">
         <v>1</v>
       </c>
       <c r="X8" s="3">
-        <v>56.737894474000001</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:24" x14ac:dyDescent="0.25">
+        <v>56.73789447375745</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>197</v>
+        <v>37</v>
       </c>
       <c r="C9" s="4">
         <v>4098.0021999999999</v>
       </c>
       <c r="D9" s="4">
         <v>4098.0021999999999</v>
       </c>
       <c r="E9" s="3">
         <v>100</v>
       </c>
       <c r="F9">
         <v>2</v>
       </c>
       <c r="G9" s="3">
-        <v>48.804268577999999</v>
+        <v>48.80426857750345</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>24.402134288999999</v>
+        <v>24.402134288751725</v>
       </c>
       <c r="J9">
         <v>2</v>
       </c>
       <c r="K9" s="3">
-        <v>48.804268577999999</v>
+        <v>48.80426857750345</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9" s="3">
-        <v>97.608537154999993</v>
+        <v>97.6085371550069</v>
       </c>
       <c r="N9">
         <v>8</v>
       </c>
       <c r="O9" s="3">
-        <v>195.21707430999999</v>
+        <v>195.2170743100138</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9" s="3">
-        <v>48.804268577999999</v>
+        <v>48.80426857750345</v>
       </c>
       <c r="R9">
         <v>1</v>
       </c>
       <c r="S9" s="3">
-        <v>24.402134288999999</v>
+        <v>24.402134288751725</v>
       </c>
       <c r="T9">
         <v>0</v>
       </c>
       <c r="U9" s="3">
         <v>0</v>
       </c>
       <c r="V9" s="4">
         <v>890.17830000000004</v>
       </c>
       <c r="W9">
         <v>0</v>
       </c>
       <c r="X9" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
-        <v>198</v>
+        <v>39</v>
       </c>
       <c r="C10" s="4">
         <v>19523.001400000001</v>
       </c>
       <c r="D10" s="4">
         <v>19523.001400000001</v>
       </c>
       <c r="E10" s="3">
         <v>100</v>
       </c>
       <c r="F10">
         <v>13</v>
       </c>
       <c r="G10" s="3">
-        <v>66.588122049999996</v>
+        <v>66.5881220497172</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
       <c r="J10">
         <v>3</v>
       </c>
       <c r="K10" s="3">
-        <v>15.366489703999999</v>
+        <v>15.366489703780895</v>
       </c>
       <c r="L10">
         <v>16</v>
       </c>
       <c r="M10" s="3">
-        <v>81.954611752999995</v>
+        <v>81.954611753498099</v>
       </c>
       <c r="N10">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O10" s="3">
-        <v>122.93191763</v>
+        <v>117.80975439565353</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10" s="3">
-        <v>15.366489703999999</v>
+        <v>15.366489703780895</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S10" s="3">
-        <v>15.366489703999999</v>
+        <v>20.488652938374525</v>
       </c>
       <c r="T10">
         <v>0</v>
       </c>
       <c r="U10" s="3">
         <v>0</v>
       </c>
       <c r="V10" s="4">
         <v>4897.2121999999999</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10" s="3">
-        <v>61.259342611000001</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:24" x14ac:dyDescent="0.25">
+        <v>61.259342611292197</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>199</v>
+        <v>41</v>
       </c>
       <c r="C11" s="4">
-        <v>31679.989300000001</v>
+        <v>31679.989300000005</v>
       </c>
       <c r="D11" s="4">
-        <v>26486.988799999999</v>
+        <v>26486.988800000006</v>
       </c>
       <c r="E11" s="3">
-        <v>83.607947430999999</v>
+        <v>83.607947430714574</v>
       </c>
       <c r="F11">
         <v>12</v>
       </c>
       <c r="G11" s="3">
-        <v>37.878800671999997</v>
+        <v>37.878800672448456</v>
       </c>
       <c r="H11">
         <v>12</v>
       </c>
       <c r="I11" s="3">
-        <v>37.878800671999997</v>
+        <v>37.878800672448456</v>
       </c>
       <c r="J11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K11" s="3">
-        <v>31.565667226999999</v>
+        <v>37.878800672448456</v>
       </c>
       <c r="L11">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M11" s="3">
-        <v>56.818201008999999</v>
+        <v>53.661634285968645</v>
       </c>
       <c r="N11">
         <v>35</v>
       </c>
       <c r="O11" s="3">
-        <v>110.479835295</v>
+        <v>110.47983529464132</v>
       </c>
       <c r="P11">
         <v>1</v>
       </c>
       <c r="Q11" s="3">
-        <v>3.1565667230000001</v>
+        <v>3.1565667227040377</v>
       </c>
       <c r="R11">
         <v>5</v>
       </c>
       <c r="S11" s="3">
-        <v>15.782833613999999</v>
+        <v>15.782833613520189</v>
       </c>
       <c r="T11">
         <v>0</v>
       </c>
       <c r="U11" s="3">
         <v>0</v>
       </c>
       <c r="V11" s="4">
         <v>7325.0833000000002</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
       <c r="X11" s="3">
-        <v>13.651721886000001</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:24" x14ac:dyDescent="0.25">
+        <v>13.651721885538148</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>200</v>
+        <v>43</v>
       </c>
       <c r="C12" s="4">
         <v>19756.999199999998</v>
       </c>
       <c r="D12" s="4">
         <v>19756.999199999998</v>
       </c>
       <c r="E12" s="3">
         <v>100</v>
       </c>
       <c r="F12">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3">
-        <v>80.983958333000004</v>
+        <v>86.045455728924679</v>
       </c>
       <c r="H12">
         <v>84</v>
       </c>
       <c r="I12" s="3">
-        <v>425.16578124900002</v>
+        <v>425.16578124880431</v>
       </c>
       <c r="J12">
         <v>12</v>
       </c>
       <c r="K12" s="3">
-        <v>60.73796875</v>
+        <v>60.737968749829179</v>
       </c>
       <c r="L12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M12" s="3">
-        <v>126.537434895</v>
+        <v>121.47593749965836</v>
       </c>
       <c r="N12">
         <v>20</v>
       </c>
       <c r="O12" s="3">
-        <v>101.229947916</v>
+        <v>101.22994791638196</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12" s="3">
-        <v>20.245989583</v>
+        <v>20.245989583276391</v>
       </c>
       <c r="R12">
         <v>6</v>
       </c>
       <c r="S12" s="3">
-        <v>30.368984375</v>
+        <v>30.368984374914589</v>
       </c>
       <c r="T12">
         <v>0</v>
       </c>
       <c r="U12" s="3">
         <v>0</v>
       </c>
       <c r="V12" s="4">
-        <v>4936.5038999999997</v>
+        <v>4936.5039000000006</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
       <c r="X12" s="3">
-        <v>40.514502581000002</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:24" x14ac:dyDescent="0.25">
+        <v>40.514502581472684</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>201</v>
+        <v>45</v>
       </c>
       <c r="C13" s="4">
-        <v>13437.9974</v>
+        <v>13437.997400000002</v>
       </c>
       <c r="D13" s="4">
-        <v>13437.9974</v>
+        <v>13437.997400000002</v>
       </c>
       <c r="E13" s="3">
         <v>100</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13" s="3">
-        <v>29.766340034999999</v>
+        <v>29.766340035160294</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
       <c r="J13">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K13" s="3">
-        <v>37.207925044</v>
+        <v>44.649510052740439</v>
       </c>
       <c r="L13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M13" s="3">
-        <v>7.4415850089999998</v>
+        <v>29.766340035160294</v>
       </c>
       <c r="N13">
         <v>18</v>
       </c>
       <c r="O13" s="3">
-        <v>133.94853015800001</v>
+        <v>133.94853015822133</v>
       </c>
       <c r="P13">
         <v>1</v>
       </c>
       <c r="Q13" s="3">
-        <v>7.4415850089999998</v>
+        <v>7.4415850087900735</v>
       </c>
       <c r="R13">
         <v>1</v>
       </c>
       <c r="S13" s="3">
-        <v>7.4415850089999998</v>
+        <v>7.4415850087900735</v>
       </c>
       <c r="T13">
         <v>0</v>
       </c>
       <c r="U13" s="3">
         <v>0</v>
       </c>
       <c r="V13" s="4">
         <v>3418.4953</v>
       </c>
       <c r="W13">
         <v>0</v>
       </c>
       <c r="X13" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>202</v>
+        <v>47</v>
       </c>
       <c r="C14" s="4">
-        <v>24716.004700000001</v>
+        <v>24716.004700000005</v>
       </c>
       <c r="D14" s="4">
-        <v>24716.004700000001</v>
+        <v>24716.004700000005</v>
       </c>
       <c r="E14" s="3">
         <v>100</v>
       </c>
       <c r="F14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" s="3">
-        <v>52.597497685</v>
+        <v>48.55153632496274</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>4.0459613599999997</v>
+        <v>4.0459613604135614</v>
       </c>
       <c r="J14">
         <v>2</v>
       </c>
       <c r="K14" s="3">
-        <v>8.0919227209999995</v>
+        <v>8.0919227208271227</v>
       </c>
       <c r="L14">
         <v>13</v>
       </c>
       <c r="M14" s="3">
-        <v>52.597497685</v>
+        <v>52.597497685376304</v>
       </c>
       <c r="N14">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="O14" s="3">
-        <v>125.424802173</v>
+        <v>133.51672489364753</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14" s="3">
-        <v>8.0919227209999995</v>
+        <v>8.0919227208271227</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14" s="3">
-        <v>8.0919227209999995</v>
+        <v>8.0919227208271227</v>
       </c>
       <c r="T14">
         <v>0</v>
       </c>
       <c r="U14" s="3">
         <v>0</v>
       </c>
       <c r="V14" s="4">
         <v>6139.8814000000002</v>
       </c>
       <c r="W14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X14" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:24" x14ac:dyDescent="0.25">
+        <v>16.2869595494141</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>203</v>
+        <v>49</v>
       </c>
       <c r="C15" s="4">
-        <v>11392.9995</v>
+        <v>11392.999500000002</v>
       </c>
       <c r="D15" s="4">
-        <v>9791.0000999999993</v>
+        <v>9791.0001000000011</v>
       </c>
       <c r="E15" s="3">
-        <v>85.938738959999995</v>
+        <v>85.938738959832307</v>
       </c>
       <c r="F15">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G15" s="3">
-        <v>52.663918750999997</v>
+        <v>70.218558334879219</v>
       </c>
       <c r="H15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I15" s="3">
-        <v>8.7773197920000001</v>
+        <v>0</v>
       </c>
       <c r="J15">
         <v>3</v>
       </c>
       <c r="K15" s="3">
-        <v>26.331959376</v>
+        <v>26.331959375579711</v>
       </c>
       <c r="L15">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M15" s="3">
-        <v>78.995878126999997</v>
+        <v>87.773197918599038</v>
       </c>
       <c r="N15">
         <v>17</v>
       </c>
       <c r="O15" s="3">
-        <v>149.21443646200001</v>
+        <v>149.21443646161836</v>
       </c>
       <c r="P15">
         <v>0</v>
       </c>
       <c r="Q15" s="3">
         <v>0</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15" s="3">
-        <v>17.554639584</v>
+        <v>17.554639583719805</v>
       </c>
       <c r="T15">
         <v>0</v>
       </c>
       <c r="U15" s="3">
         <v>0</v>
       </c>
       <c r="V15" s="4">
-        <v>2596.0479</v>
+        <v>2596.0478999999996</v>
       </c>
       <c r="W15">
         <v>1</v>
       </c>
       <c r="X15" s="3">
-        <v>38.520090480999997</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:24" x14ac:dyDescent="0.25">
+        <v>38.520090480610939</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>204</v>
+        <v>51</v>
       </c>
       <c r="C16" s="4">
-        <v>8592.0005000000001</v>
+        <v>8592.0004999999983</v>
       </c>
       <c r="D16" s="4">
         <v>5025.0009</v>
       </c>
       <c r="E16" s="3">
-        <v>58.484643943000002</v>
+        <v>58.484643942932749</v>
       </c>
       <c r="F16">
         <v>4</v>
       </c>
       <c r="G16" s="3">
-        <v>46.554932114000003</v>
+        <v>46.554932113888967</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
       <c r="J16">
         <v>7</v>
       </c>
       <c r="K16" s="3">
-        <v>81.471131198999998</v>
+        <v>81.471131199305702</v>
       </c>
       <c r="L16">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="M16" s="3">
-        <v>104.748597256</v>
+        <v>93.109864227777933</v>
       </c>
       <c r="N16">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="O16" s="3">
-        <v>116.387330285</v>
+        <v>128.02606331319467</v>
       </c>
       <c r="P16">
         <v>0</v>
       </c>
       <c r="Q16" s="3">
         <v>0</v>
       </c>
       <c r="R16">
         <v>1</v>
       </c>
       <c r="S16" s="3">
-        <v>11.638733028000001</v>
+        <v>11.638733028472242</v>
       </c>
       <c r="T16">
         <v>0</v>
       </c>
       <c r="U16" s="3">
         <v>0</v>
       </c>
       <c r="V16" s="4">
-        <v>1823.9933000000001</v>
+        <v>1823.9932999999996</v>
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16" s="3">
-        <v>109.64952557700001</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:24" x14ac:dyDescent="0.25">
+        <v>109.64952557665647</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>205</v>
+        <v>53</v>
       </c>
       <c r="C17" s="4">
         <v>42581.9931</v>
       </c>
       <c r="D17" s="4">
         <v>42581.9931</v>
       </c>
       <c r="E17" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F17">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G17" s="3">
-        <v>42.271389124000002</v>
+        <v>44.619799630750492</v>
       </c>
       <c r="H17">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>42.271389124000002</v>
+        <v>42.271389123868886</v>
       </c>
       <c r="J17">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K17" s="3">
-        <v>44.619799630999999</v>
+        <v>46.968210137632099</v>
       </c>
       <c r="L17">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="M17" s="3">
-        <v>51.665031151000001</v>
+        <v>46.968210137632099</v>
       </c>
       <c r="N17">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O17" s="3">
-        <v>124.465756865</v>
+        <v>126.81416737160666</v>
       </c>
       <c r="P17">
         <v>6</v>
       </c>
       <c r="Q17" s="3">
-        <v>14.090463041</v>
+        <v>14.090463041289631</v>
       </c>
       <c r="R17">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="S17" s="3">
-        <v>21.135694562000001</v>
+        <v>18.78728405505284</v>
       </c>
       <c r="T17">
         <v>0</v>
       </c>
       <c r="U17" s="3">
         <v>0</v>
       </c>
       <c r="V17" s="4">
-        <v>10173.2737</v>
+        <v>10173.273700000002</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17" s="3">
-        <v>29.489032621</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:24" x14ac:dyDescent="0.25">
+        <v>29.489032620836685</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>206</v>
+        <v>55</v>
       </c>
       <c r="C18" s="4">
         <v>8670.9922000000006</v>
       </c>
       <c r="D18" s="4">
-        <v>1059.9988000000001</v>
+        <v>1059.9987999999998</v>
       </c>
       <c r="E18" s="3">
-        <v>12.224654060000001</v>
+        <v>12.224654059774149</v>
       </c>
       <c r="F18">
         <v>5</v>
       </c>
       <c r="G18" s="3">
-        <v>57.663527825999999</v>
+        <v>57.663527825569943</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
       <c r="J18">
         <v>1</v>
       </c>
       <c r="K18" s="3">
-        <v>11.532705565000001</v>
+        <v>11.532705565113989</v>
       </c>
       <c r="L18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="M18" s="3">
-        <v>92.261644520999994</v>
+        <v>80.728938955797929</v>
       </c>
       <c r="N18">
         <v>26</v>
       </c>
       <c r="O18" s="3">
-        <v>299.85034469300001</v>
+        <v>299.85034469296374</v>
       </c>
       <c r="P18">
         <v>0</v>
       </c>
       <c r="Q18" s="3">
         <v>0</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18" s="3">
-        <v>34.598116695000002</v>
+        <v>34.598116695341965</v>
       </c>
       <c r="T18">
         <v>0</v>
       </c>
       <c r="U18" s="3">
         <v>0</v>
       </c>
       <c r="V18" s="4">
         <v>1815.2958000000001</v>
       </c>
       <c r="W18">
         <v>0</v>
       </c>
       <c r="X18" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B19" t="s">
-        <v>207</v>
+        <v>57</v>
       </c>
       <c r="C19" s="4">
-        <v>21575.9964</v>
+        <v>21575.996399999993</v>
       </c>
       <c r="D19" s="4">
-        <v>1039.9992</v>
+        <v>1039.9992000000002</v>
       </c>
       <c r="E19" s="3">
-        <v>4.8201676559999997</v>
+        <v>4.8201676563127371</v>
       </c>
       <c r="F19">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G19" s="3">
-        <v>83.426042840999997</v>
+        <v>97.330383314302026</v>
       </c>
       <c r="H19">
         <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>46.347801578000002</v>
+        <v>46.347801578239064</v>
       </c>
       <c r="J19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K19" s="3">
-        <v>23.173900789000001</v>
+        <v>27.80868094694344</v>
       </c>
       <c r="L19">
         <v>24</v>
       </c>
       <c r="M19" s="3">
-        <v>111.234723788</v>
+        <v>111.23472378777376</v>
       </c>
       <c r="N19">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="O19" s="3">
-        <v>278.086809469</v>
+        <v>287.35636978508217</v>
       </c>
       <c r="P19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q19" s="3">
-        <v>23.173900789000001</v>
+        <v>27.80868094694344</v>
       </c>
       <c r="R19">
         <v>5</v>
       </c>
       <c r="S19" s="3">
-        <v>23.173900789000001</v>
+        <v>23.173900789119532</v>
       </c>
       <c r="T19">
         <v>1</v>
       </c>
       <c r="U19" s="3">
-        <v>4.6347801579999999</v>
+        <v>4.6347801578239061</v>
       </c>
       <c r="V19" s="4">
-        <v>4753.9079000000002</v>
+        <v>4753.9079000000011</v>
       </c>
       <c r="W19">
         <v>1</v>
       </c>
       <c r="X19" s="3">
-        <v>21.035325485000001</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:24" x14ac:dyDescent="0.25">
+        <v>21.035325484534521</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="B20" t="s">
-        <v>208</v>
+        <v>59</v>
       </c>
       <c r="C20" s="4">
-        <v>36958.002200000003</v>
+        <v>36958.002199999995</v>
       </c>
       <c r="D20" s="4">
-        <v>11257.999</v>
+        <v>11257.999000000002</v>
       </c>
       <c r="E20" s="3">
-        <v>30.461600546</v>
+        <v>30.461600546146411</v>
       </c>
       <c r="F20">
         <v>18</v>
       </c>
       <c r="G20" s="3">
-        <v>48.703931296</v>
+        <v>48.703931296372943</v>
       </c>
       <c r="H20">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I20" s="3">
-        <v>18.940417726</v>
+        <v>21.646191687276868</v>
       </c>
       <c r="J20">
         <v>4</v>
       </c>
       <c r="K20" s="3">
-        <v>10.823095843999999</v>
+        <v>10.823095843638434</v>
       </c>
       <c r="L20">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M20" s="3">
-        <v>54.115479217999997</v>
+        <v>56.821253179101767</v>
       </c>
       <c r="N20">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="O20" s="3">
-        <v>102.819410515</v>
+        <v>94.70208863183629</v>
       </c>
       <c r="P20">
         <v>11</v>
       </c>
       <c r="Q20" s="3">
-        <v>29.763513570000001</v>
+        <v>29.763513570005692</v>
       </c>
       <c r="R20">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="S20" s="3">
-        <v>21.646191687000002</v>
+        <v>18.940417726367258</v>
       </c>
       <c r="T20">
         <v>0</v>
       </c>
       <c r="U20" s="3">
         <v>0</v>
       </c>
       <c r="V20" s="4">
         <v>9741.2996000000003</v>
       </c>
       <c r="W20">
         <v>2</v>
       </c>
       <c r="X20" s="3">
-        <v>20.531141451</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:24" x14ac:dyDescent="0.25">
+        <v>20.531141450571951</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
-        <v>209</v>
+        <v>61</v>
       </c>
       <c r="C21" s="4">
-        <v>20757.997100000001</v>
+        <v>20757.997100000008</v>
       </c>
       <c r="D21" s="4">
-        <v>7474.9971999999998</v>
+        <v>7474.9972000000016</v>
       </c>
       <c r="E21" s="3">
-        <v>36.010204471999998</v>
+        <v>36.01020447199118</v>
       </c>
       <c r="F21">
         <v>15</v>
       </c>
       <c r="G21" s="3">
-        <v>72.261306945000001</v>
+        <v>72.261306944685884</v>
       </c>
       <c r="H21">
         <v>15</v>
       </c>
       <c r="I21" s="3">
-        <v>72.261306945000001</v>
+        <v>72.261306944685884</v>
       </c>
       <c r="J21">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K21" s="3">
-        <v>52.991625093000003</v>
+        <v>57.80904555574871</v>
       </c>
       <c r="L21">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M21" s="3">
-        <v>96.348409259999997</v>
+        <v>91.530988796602131</v>
       </c>
       <c r="N21">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="O21" s="3">
-        <v>105.98325018600001</v>
+        <v>110.80067064851836</v>
       </c>
       <c r="P21">
         <v>6</v>
       </c>
       <c r="Q21" s="3">
-        <v>28.904522778</v>
+        <v>28.904522777874355</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S21" s="3">
-        <v>14.452261389</v>
+        <v>24.087102314895294</v>
       </c>
       <c r="T21">
         <v>1</v>
       </c>
       <c r="U21" s="3">
-        <v>4.8174204630000004</v>
+        <v>4.8174204629790589</v>
       </c>
       <c r="V21" s="4">
         <v>5196.9479000000001</v>
       </c>
       <c r="W21">
         <v>1</v>
       </c>
       <c r="X21" s="3">
-        <v>19.242063212000001</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:24" x14ac:dyDescent="0.25">
+        <v>19.2420632117555</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="B22" t="s">
-        <v>210</v>
+        <v>63</v>
       </c>
       <c r="C22" s="4">
-        <v>23429.998800000001</v>
+        <v>23429.998800000005</v>
       </c>
       <c r="D22" s="4">
         <v>17372.998200000002</v>
       </c>
       <c r="E22" s="3">
-        <v>74.148523643999994</v>
+        <v>74.148523643970478</v>
       </c>
       <c r="F22">
         <v>9</v>
       </c>
       <c r="G22" s="3">
-        <v>38.412293900999998</v>
+        <v>38.412293900757682</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
       <c r="J22">
         <v>8</v>
       </c>
       <c r="K22" s="3">
-        <v>34.144261245000003</v>
+        <v>34.144261245117939</v>
       </c>
       <c r="L22">
         <v>11</v>
       </c>
       <c r="M22" s="3">
-        <v>46.948359212</v>
+        <v>46.948359212037161</v>
       </c>
       <c r="N22">
         <v>22</v>
       </c>
       <c r="O22" s="3">
-        <v>93.896718423999999</v>
+        <v>93.896718424074322</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22" s="3">
-        <v>12.804097967000001</v>
+        <v>12.804097966919228</v>
       </c>
       <c r="R22">
         <v>6</v>
       </c>
       <c r="S22" s="3">
-        <v>25.608195934000001</v>
+        <v>25.608195933838456</v>
       </c>
       <c r="T22">
         <v>0</v>
       </c>
       <c r="U22" s="3">
         <v>0</v>
       </c>
       <c r="V22" s="4">
-        <v>6552.4246000000003</v>
+        <v>6552.4246000000012</v>
       </c>
       <c r="W22">
         <v>2</v>
       </c>
       <c r="X22" s="3">
-        <v>30.523052490000001</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:24" x14ac:dyDescent="0.25">
+        <v>30.523052489608194</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
-        <v>211</v>
+        <v>65</v>
       </c>
       <c r="C23" s="4">
         <v>11855.9998</v>
       </c>
       <c r="D23" s="4">
         <v>11855.9998</v>
       </c>
       <c r="E23" s="3">
         <v>100</v>
       </c>
       <c r="F23">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G23" s="3">
-        <v>50.607288302999997</v>
+        <v>42.172740252576588</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" s="3">
-        <v>8.4345480510000002</v>
+        <v>8.4345480505153176</v>
       </c>
       <c r="J23">
         <v>3</v>
       </c>
       <c r="K23" s="3">
-        <v>25.303644152</v>
+        <v>25.303644151545956</v>
       </c>
       <c r="L23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M23" s="3">
-        <v>42.172740253000001</v>
+        <v>33.738192202061271</v>
       </c>
       <c r="N23">
         <v>13</v>
       </c>
       <c r="O23" s="3">
-        <v>109.649124657</v>
+        <v>109.64912465669914</v>
       </c>
       <c r="P23">
         <v>1</v>
       </c>
       <c r="Q23" s="3">
-        <v>8.4345480510000002</v>
+        <v>8.4345480505153176</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23" s="3">
-        <v>25.303644152</v>
+        <v>25.303644151545956</v>
       </c>
       <c r="T23">
         <v>0</v>
       </c>
       <c r="U23" s="3">
         <v>0</v>
       </c>
       <c r="V23" s="4">
         <v>2876.8825999999999</v>
       </c>
       <c r="W23">
         <v>0</v>
       </c>
       <c r="X23" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>212</v>
+        <v>67</v>
       </c>
       <c r="C24" s="4">
-        <v>14894.0013</v>
+        <v>14894.001299999996</v>
       </c>
       <c r="D24" s="4">
-        <v>14894.0013</v>
+        <v>14894.001299999996</v>
       </c>
       <c r="E24" s="3">
         <v>100</v>
       </c>
       <c r="F24">
         <v>8</v>
       </c>
       <c r="G24" s="3">
-        <v>53.712899837000002</v>
+        <v>53.712899837063944</v>
       </c>
       <c r="H24">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I24" s="3">
-        <v>6.7141124799999998</v>
+        <v>20.142337438898981</v>
       </c>
       <c r="J24">
         <v>3</v>
       </c>
       <c r="K24" s="3">
-        <v>20.142337438999999</v>
+        <v>20.142337438898981</v>
       </c>
       <c r="L24">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M24" s="3">
-        <v>33.570562398</v>
+        <v>46.998787357430949</v>
       </c>
       <c r="N24">
         <v>23</v>
       </c>
       <c r="O24" s="3">
-        <v>154.42458703200001</v>
+        <v>154.42458703155884</v>
       </c>
       <c r="P24">
         <v>2</v>
       </c>
       <c r="Q24" s="3">
-        <v>13.428224959</v>
+        <v>13.428224959265986</v>
       </c>
       <c r="R24">
         <v>5</v>
       </c>
       <c r="S24" s="3">
-        <v>33.570562398</v>
+        <v>33.570562398164967</v>
       </c>
       <c r="T24">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U24" s="3">
-        <v>6.7141124799999998</v>
+        <v>0</v>
       </c>
       <c r="V24" s="4">
         <v>3284.7019</v>
       </c>
       <c r="W24">
         <v>0</v>
       </c>
       <c r="X24" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>213</v>
+        <v>69</v>
       </c>
       <c r="C25" s="4">
-        <v>54838.999900000003</v>
+        <v>54838.999899999988</v>
       </c>
       <c r="D25" s="4">
-        <v>54838.999900000003</v>
+        <v>54838.999899999988</v>
       </c>
       <c r="E25" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F25">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G25" s="3">
-        <v>58.352632356999997</v>
+        <v>61.999671879501228</v>
       </c>
       <c r="H25">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="I25" s="3">
-        <v>144.05806113200001</v>
+        <v>133.11694256481147</v>
       </c>
       <c r="J25">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="K25" s="3">
-        <v>83.881909012999998</v>
+        <v>80.234869491119241</v>
       </c>
       <c r="L25">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="M25" s="3">
-        <v>98.470067103000005</v>
+        <v>105.76414614738447</v>
       </c>
       <c r="N25">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O25" s="3">
-        <v>91.175988058000002</v>
+        <v>89.352468296928237</v>
       </c>
       <c r="P25">
         <v>16</v>
       </c>
       <c r="Q25" s="3">
-        <v>29.176316179000001</v>
+        <v>29.176316178588813</v>
       </c>
       <c r="R25">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="S25" s="3">
-        <v>34.646875461999997</v>
+        <v>32.823355700912416</v>
       </c>
       <c r="T25">
         <v>4</v>
       </c>
       <c r="U25" s="3">
-        <v>7.2940790450000001</v>
+        <v>7.2940790446472032</v>
       </c>
       <c r="V25" s="4">
-        <v>15175.936</v>
+        <v>15175.935999999998</v>
       </c>
       <c r="W25">
+        <v>6</v>
+      </c>
+      <c r="X25" s="3">
+        <v>39.536276378603603</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" x14ac:dyDescent="0.3">
+      <c r="A26" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" t="s">
+        <v>71</v>
+      </c>
+      <c r="C26" s="4">
+        <v>21342.999600000006</v>
+      </c>
+      <c r="D26" s="4">
+        <v>21342.999600000006</v>
+      </c>
+      <c r="E26" s="3">
+        <v>99.999999999999986</v>
+      </c>
+      <c r="F26">
+        <v>13</v>
+      </c>
+      <c r="G26" s="3">
+        <v>60.909901343014575</v>
+      </c>
+      <c r="H26">
+        <v>15</v>
+      </c>
+      <c r="I26" s="3">
+        <v>70.280655395786056</v>
+      </c>
+      <c r="J26">
         <v>5</v>
       </c>
-      <c r="X25" s="3">
-[...33 lines deleted...]
-      </c>
       <c r="K26" s="3">
-        <v>18.741508106000001</v>
+        <v>23.426885131928685</v>
       </c>
       <c r="L26">
         <v>10</v>
       </c>
       <c r="M26" s="3">
-        <v>46.853770263999998</v>
+        <v>46.853770263857371</v>
       </c>
       <c r="N26">
         <v>25</v>
       </c>
       <c r="O26" s="3">
-        <v>117.13442566000001</v>
+        <v>117.13442565964341</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Q26" s="3">
-        <v>9.3707540530000006</v>
+        <v>4.6853770263857371</v>
       </c>
       <c r="R26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S26" s="3">
-        <v>23.426885131999999</v>
+        <v>18.741508105542948</v>
       </c>
       <c r="T26">
         <v>1</v>
       </c>
       <c r="U26" s="3">
-        <v>4.6853770260000003</v>
+        <v>4.6853770263857371</v>
       </c>
       <c r="V26" s="4">
-        <v>5080.1909999999998</v>
+        <v>5080.1910000000007</v>
       </c>
       <c r="W26">
         <v>2</v>
       </c>
       <c r="X26" s="3">
-        <v>39.368598542999997</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:24" x14ac:dyDescent="0.25">
+        <v>39.368598542850059</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="B27" t="s">
-        <v>215</v>
+        <v>73</v>
       </c>
       <c r="C27" s="4">
-        <v>12281.0002</v>
+        <v>12281.000199999999</v>
       </c>
       <c r="D27" s="4">
-        <v>12281.0002</v>
+        <v>12281.000199999999</v>
       </c>
       <c r="E27" s="3">
         <v>100</v>
       </c>
       <c r="F27">
         <v>7</v>
       </c>
       <c r="G27" s="3">
-        <v>56.99861482</v>
+        <v>56.998614819662663</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
       <c r="J27">
         <v>1</v>
       </c>
       <c r="K27" s="3">
-        <v>8.1426592600000003</v>
+        <v>8.1426592599518077</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27" s="3">
-        <v>24.427977779999999</v>
+        <v>24.427977779855425</v>
       </c>
       <c r="N27">
         <v>11</v>
       </c>
       <c r="O27" s="3">
-        <v>89.569251859000005</v>
+        <v>89.569251859469887</v>
       </c>
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27" s="3">
-        <v>16.285318520000001</v>
+        <v>16.285318519903615</v>
       </c>
       <c r="R27">
         <v>2</v>
       </c>
       <c r="S27" s="3">
-        <v>16.285318520000001</v>
+        <v>16.285318519903615</v>
       </c>
       <c r="T27">
         <v>0</v>
       </c>
       <c r="U27" s="3">
         <v>0</v>
       </c>
       <c r="V27" s="4">
         <v>3405.1354000000001</v>
       </c>
       <c r="W27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X27" s="3">
-        <v>29.367407828000001</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:24" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
-        <v>216</v>
+        <v>75</v>
       </c>
       <c r="C28" s="4">
         <v>9117.0025000000005</v>
       </c>
       <c r="D28" s="4">
         <v>9117.0025000000005</v>
       </c>
       <c r="E28" s="3">
         <v>100</v>
       </c>
       <c r="F28">
         <v>4</v>
       </c>
       <c r="G28" s="3">
-        <v>43.874069356</v>
+        <v>43.87406935558041</v>
       </c>
       <c r="H28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I28" s="3">
-        <v>10.968517339</v>
+        <v>0</v>
       </c>
       <c r="J28">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K28" s="3">
-        <v>10.968517339</v>
+        <v>43.87406935558041</v>
       </c>
       <c r="L28">
         <v>6</v>
       </c>
       <c r="M28" s="3">
-        <v>65.811104033000007</v>
+        <v>65.811104033370611</v>
       </c>
       <c r="N28">
         <v>10</v>
       </c>
       <c r="O28" s="3">
-        <v>109.685173389</v>
+        <v>109.68517338895101</v>
       </c>
       <c r="P28">
         <v>0</v>
       </c>
       <c r="Q28" s="3">
         <v>0</v>
       </c>
       <c r="R28">
         <v>2</v>
       </c>
       <c r="S28" s="3">
-        <v>21.937034678</v>
+        <v>21.937034677790205</v>
       </c>
       <c r="T28">
         <v>0</v>
       </c>
       <c r="U28" s="3">
         <v>0</v>
       </c>
       <c r="V28" s="4">
         <v>2065.8987999999999</v>
       </c>
       <c r="W28">
         <v>0</v>
       </c>
       <c r="X28" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
-        <v>217</v>
+        <v>77</v>
       </c>
       <c r="C29" s="4">
-        <v>12725.0016</v>
+        <v>12725.001600000001</v>
       </c>
       <c r="D29" s="4">
-        <v>12725.0016</v>
+        <v>12725.001600000001</v>
       </c>
       <c r="E29" s="3">
         <v>100</v>
       </c>
       <c r="F29">
         <v>5</v>
       </c>
       <c r="G29" s="3">
-        <v>39.292725904000001</v>
+        <v>39.292725904254503</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
       <c r="J29">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K29" s="3">
-        <v>7.8585451810000002</v>
+        <v>23.5756355425527</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29" s="3">
-        <v>23.575635543000001</v>
+        <v>23.5756355425527</v>
       </c>
       <c r="N29">
         <v>8</v>
       </c>
       <c r="O29" s="3">
-        <v>62.868361446999998</v>
+        <v>62.868361446807199</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29" s="3">
-        <v>23.575635543000001</v>
+        <v>23.5756355425527</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29" s="3">
-        <v>23.575635543000001</v>
+        <v>23.5756355425527</v>
       </c>
       <c r="T29">
         <v>0</v>
       </c>
       <c r="U29" s="3">
         <v>0</v>
       </c>
       <c r="V29" s="4">
-        <v>3391.2444</v>
+        <v>3391.2443999999996</v>
       </c>
       <c r="W29">
         <v>1</v>
       </c>
       <c r="X29" s="3">
-        <v>29.487700739000001</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:24" x14ac:dyDescent="0.25">
+        <v>29.487700738997169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="B30" t="s">
-        <v>218</v>
+        <v>79</v>
       </c>
       <c r="C30" s="4">
-        <v>41697.999000000003</v>
+        <v>41697.998999999989</v>
       </c>
       <c r="D30" s="4">
-        <v>38880.999199999998</v>
+        <v>38880.999199999991</v>
       </c>
       <c r="E30" s="3">
-        <v>93.244280618999994</v>
+        <v>93.244280618837365</v>
       </c>
       <c r="F30">
         <v>29</v>
       </c>
       <c r="G30" s="3">
-        <v>69.547701797000002</v>
+        <v>69.547701797393231</v>
       </c>
       <c r="H30">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="I30" s="3">
-        <v>110.31704422999999</v>
+        <v>105.52065100294145</v>
       </c>
       <c r="J30">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="K30" s="3">
-        <v>62.353111955999999</v>
+        <v>76.742291638502863</v>
       </c>
       <c r="L30">
         <v>15</v>
       </c>
       <c r="M30" s="3">
-        <v>35.972949206000003</v>
+        <v>35.972949205548218</v>
       </c>
       <c r="N30">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O30" s="3">
-        <v>112.71524084399999</v>
+        <v>110.31704423034786</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30" s="3">
-        <v>7.194589841</v>
+        <v>7.1945898411096438</v>
       </c>
       <c r="R30">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="S30" s="3">
-        <v>31.176555978</v>
+        <v>33.574752591845005</v>
       </c>
       <c r="T30">
         <v>1</v>
       </c>
       <c r="U30" s="3">
-        <v>2.3981966140000002</v>
+        <v>2.3981966137032145</v>
       </c>
       <c r="V30" s="4">
-        <v>11269.393400000001</v>
+        <v>11269.393399999999</v>
       </c>
       <c r="W30">
         <v>5</v>
       </c>
       <c r="X30" s="3">
-        <v>44.367960390999997</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:24" x14ac:dyDescent="0.25">
+        <v>44.367960390840558</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="B31" t="s">
-        <v>219</v>
+        <v>81</v>
       </c>
       <c r="C31" s="4">
-        <v>21289.996800000001</v>
+        <v>21289.996799999997</v>
       </c>
       <c r="D31" s="4">
-        <v>16723.998200000002</v>
+        <v>16723.998199999998</v>
       </c>
       <c r="E31" s="3">
-        <v>78.553314766</v>
+        <v>78.553314766115889</v>
       </c>
       <c r="F31">
         <v>14</v>
       </c>
       <c r="G31" s="3">
-        <v>65.758581982999999</v>
+        <v>65.758581983441175</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" s="3">
-        <v>4.6970415699999997</v>
+        <v>4.6970415702457977</v>
       </c>
       <c r="J31">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="K31" s="3">
-        <v>32.879290992000001</v>
+        <v>61.061540413195374</v>
       </c>
       <c r="L31">
         <v>14</v>
       </c>
       <c r="M31" s="3">
-        <v>65.758581982999999</v>
+        <v>65.758581983441175</v>
       </c>
       <c r="N31">
         <v>6</v>
       </c>
       <c r="O31" s="3">
-        <v>28.182249421000002</v>
+        <v>28.18224942147479</v>
       </c>
       <c r="P31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q31" s="3">
-        <v>18.788166280999999</v>
+        <v>14.091124710737395</v>
       </c>
       <c r="R31">
         <v>5</v>
       </c>
       <c r="S31" s="3">
-        <v>23.485207850999998</v>
+        <v>23.485207851228989</v>
       </c>
       <c r="T31">
         <v>0</v>
       </c>
       <c r="U31" s="3">
         <v>0</v>
       </c>
       <c r="V31" s="4">
         <v>5885.7664999999997</v>
       </c>
       <c r="W31">
         <v>0</v>
       </c>
       <c r="X31" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="B32" t="s">
-        <v>220</v>
+        <v>83</v>
       </c>
       <c r="C32" s="4">
-        <v>9142.0028999999995</v>
+        <v>9142.0029000000013</v>
       </c>
       <c r="D32" s="4">
-        <v>9142.0028999999995</v>
+        <v>9142.0029000000013</v>
       </c>
       <c r="E32" s="3">
         <v>100</v>
       </c>
       <c r="F32">
         <v>2</v>
       </c>
       <c r="G32" s="3">
-        <v>21.877044034000001</v>
+        <v>21.877044033753258</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
       <c r="J32">
         <v>1</v>
       </c>
       <c r="K32" s="3">
-        <v>10.938522017</v>
+        <v>10.938522016876629</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M32" s="3">
-        <v>21.877044034000001</v>
+        <v>10.938522016876629</v>
       </c>
       <c r="N32">
         <v>5</v>
       </c>
       <c r="O32" s="3">
-        <v>54.692610084000002</v>
+        <v>54.692610084383141</v>
       </c>
       <c r="P32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Q32" s="3">
-        <v>0</v>
+        <v>10.938522016876629</v>
       </c>
       <c r="R32">
         <v>1</v>
       </c>
       <c r="S32" s="3">
-        <v>10.938522017</v>
+        <v>10.938522016876629</v>
       </c>
       <c r="T32">
         <v>0</v>
       </c>
       <c r="U32" s="3">
         <v>0</v>
       </c>
       <c r="V32" s="4">
-        <v>2272.8290000000002</v>
+        <v>2272.8289999999997</v>
       </c>
       <c r="W32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X32" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:24" x14ac:dyDescent="0.25">
+        <v>43.998030648148195</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="B33" t="s">
-        <v>221</v>
+        <v>85</v>
       </c>
       <c r="C33" s="4">
-        <v>12722.003500000001</v>
+        <v>12722.003499999999</v>
       </c>
       <c r="D33" s="4">
-        <v>12722.003500000001</v>
+        <v>12722.003499999999</v>
       </c>
       <c r="E33" s="3">
         <v>100</v>
       </c>
       <c r="F33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G33" s="3">
-        <v>47.162382874999999</v>
+        <v>39.301985728898757</v>
       </c>
       <c r="H33">
         <v>2</v>
       </c>
       <c r="I33" s="3">
-        <v>15.720794292000001</v>
+        <v>15.720794291559502</v>
       </c>
       <c r="J33">
         <v>1</v>
       </c>
       <c r="K33" s="3">
-        <v>7.8603971460000004</v>
+        <v>7.8603971457797508</v>
       </c>
       <c r="L33">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="M33" s="3">
-        <v>94.324765748999994</v>
+        <v>70.74357431201777</v>
       </c>
       <c r="N33">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="O33" s="3">
-        <v>70.743574312000007</v>
+        <v>78.603971457797513</v>
       </c>
       <c r="P33">
         <v>2</v>
       </c>
       <c r="Q33" s="3">
-        <v>15.720794292000001</v>
+        <v>15.720794291559502</v>
       </c>
       <c r="R33">
         <v>4</v>
       </c>
       <c r="S33" s="3">
-        <v>31.441588583000001</v>
+        <v>31.441588583119003</v>
       </c>
       <c r="T33">
         <v>0</v>
       </c>
       <c r="U33" s="3">
         <v>0</v>
       </c>
       <c r="V33" s="4">
-        <v>3279.8541</v>
+        <v>3279.8540999999996</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33" s="3">
-        <v>91.467483263999995</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:24" x14ac:dyDescent="0.25">
+        <v>91.467483263965931</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>55</v>
+        <v>86</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>87</v>
       </c>
       <c r="C34" s="4">
-        <v>12059.998100000001</v>
+        <v>12059.998099999997</v>
       </c>
       <c r="D34" s="4">
-        <v>9443.0036</v>
+        <v>9443.0035999999982</v>
       </c>
       <c r="E34" s="3">
-        <v>78.300208024</v>
+        <v>78.300208024079211</v>
       </c>
       <c r="F34">
         <v>6</v>
       </c>
       <c r="G34" s="3">
-        <v>49.751251619000001</v>
+        <v>49.751251619185595</v>
       </c>
       <c r="H34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>8.2918752698642653</v>
       </c>
       <c r="J34">
         <v>8</v>
       </c>
       <c r="K34" s="3">
-        <v>66.335002158999998</v>
+        <v>66.335002158914122</v>
       </c>
       <c r="L34">
         <v>7</v>
       </c>
       <c r="M34" s="3">
-        <v>58.043126889</v>
+        <v>58.043126889049859</v>
       </c>
       <c r="N34">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O34" s="3">
-        <v>116.086253778</v>
+        <v>124.37812904796397</v>
       </c>
       <c r="P34">
         <v>0</v>
       </c>
       <c r="Q34" s="3">
         <v>0</v>
       </c>
       <c r="R34">
         <v>1</v>
       </c>
       <c r="S34" s="3">
-        <v>8.2918752700000002</v>
+        <v>8.2918752698642653</v>
       </c>
       <c r="T34">
         <v>0</v>
       </c>
       <c r="U34" s="3">
         <v>0</v>
       </c>
       <c r="V34" s="4">
-        <v>2818.1759999999999</v>
+        <v>2818.1760000000004</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34" s="3">
-        <v>106.45183267500001</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:24" x14ac:dyDescent="0.25">
+        <v>106.45183267475132</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="B35" t="s">
-        <v>223</v>
+        <v>89</v>
       </c>
       <c r="C35" s="4">
         <v>21124.997800000001</v>
       </c>
       <c r="D35" s="4">
         <v>21124.997800000001</v>
       </c>
       <c r="E35" s="3">
-        <v>100</v>
+        <v>100.00000000000001</v>
       </c>
       <c r="F35">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G35" s="3">
-        <v>71.005924554000003</v>
+        <v>66.272196250832266</v>
       </c>
       <c r="H35">
         <v>8</v>
       </c>
       <c r="I35" s="3">
-        <v>37.869826429</v>
+        <v>37.869826429047009</v>
       </c>
       <c r="J35">
         <v>5</v>
       </c>
       <c r="K35" s="3">
-        <v>23.668641518000001</v>
+        <v>23.668641518154381</v>
       </c>
       <c r="L35">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="M35" s="3">
-        <v>47.337283036000002</v>
+        <v>42.603554732677885</v>
       </c>
       <c r="N35">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O35" s="3">
-        <v>94.674566072999994</v>
+        <v>99.408294376248406</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35" s="3">
-        <v>14.201184911</v>
+        <v>14.201184910892628</v>
       </c>
       <c r="R35">
         <v>8</v>
       </c>
       <c r="S35" s="3">
-        <v>37.869826429</v>
+        <v>37.869826429047009</v>
       </c>
       <c r="T35">
         <v>0</v>
       </c>
       <c r="U35" s="3">
         <v>0</v>
       </c>
       <c r="V35" s="4">
         <v>5582.1819999999998</v>
       </c>
       <c r="W35">
         <v>1</v>
       </c>
       <c r="X35" s="3">
-        <v>17.914141818000001</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:24" x14ac:dyDescent="0.25">
+        <v>17.914141817661985</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="B36" t="s">
-        <v>224</v>
+        <v>91</v>
       </c>
       <c r="C36" s="4">
         <v>26540.002899999999</v>
       </c>
       <c r="D36" s="4">
         <v>26540.002899999999</v>
       </c>
       <c r="E36" s="3">
         <v>100</v>
       </c>
       <c r="F36">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G36" s="3">
-        <v>64.054250725000003</v>
+        <v>60.286353623571003</v>
       </c>
       <c r="H36">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="I36" s="3">
-        <v>290.12807681300001</v>
+        <v>324.03915072669417</v>
       </c>
       <c r="J36">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K36" s="3">
-        <v>41.446868115999997</v>
+        <v>37.678971014731879</v>
       </c>
       <c r="L36">
         <v>14</v>
       </c>
       <c r="M36" s="3">
-        <v>52.750559420999998</v>
+        <v>52.750559420624633</v>
       </c>
       <c r="N36">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O36" s="3">
-        <v>75.357942029</v>
+        <v>79.125839130936939</v>
       </c>
       <c r="P36">
         <v>13</v>
       </c>
       <c r="Q36" s="3">
-        <v>48.982662318999999</v>
+        <v>48.982662319151437</v>
       </c>
       <c r="R36">
         <v>7</v>
       </c>
       <c r="S36" s="3">
-        <v>26.375279710000001</v>
+        <v>26.375279710312316</v>
       </c>
       <c r="T36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U36" s="3">
-        <v>7.535794203</v>
+        <v>3.7678971014731877</v>
       </c>
       <c r="V36" s="4">
         <v>6980.7084000000004</v>
       </c>
       <c r="W36">
         <v>2</v>
       </c>
       <c r="X36" s="3">
-        <v>28.650387402</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:24" x14ac:dyDescent="0.25">
+        <v>28.65038740194333</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="B37" t="s">
-        <v>225</v>
+        <v>93</v>
       </c>
       <c r="C37" s="4">
-        <v>15926.999299999999</v>
+        <v>15926.999300000001</v>
       </c>
       <c r="D37" s="4">
-        <v>15926.999299999999</v>
+        <v>15926.999300000001</v>
       </c>
       <c r="E37" s="3">
         <v>100</v>
       </c>
       <c r="F37">
         <v>7</v>
       </c>
       <c r="G37" s="3">
-        <v>43.950526199000002</v>
+        <v>43.950526198616707</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
       <c r="J37">
         <v>3</v>
       </c>
       <c r="K37" s="3">
-        <v>18.835939798999998</v>
+        <v>18.835939799407161</v>
       </c>
       <c r="L37">
         <v>6</v>
       </c>
       <c r="M37" s="3">
-        <v>37.671879599</v>
+        <v>37.671879598814321</v>
       </c>
       <c r="N37">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="O37" s="3">
-        <v>62.786465997999997</v>
+        <v>56.507819398221486</v>
       </c>
       <c r="P37">
         <v>0</v>
       </c>
       <c r="Q37" s="3">
         <v>0</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37" s="3">
-        <v>18.835939798999998</v>
+        <v>18.835939799407161</v>
       </c>
       <c r="T37">
         <v>0</v>
       </c>
       <c r="U37" s="3">
         <v>0</v>
       </c>
       <c r="V37" s="4">
         <v>4175.7577000000001</v>
       </c>
       <c r="W37">
         <v>1</v>
       </c>
       <c r="X37" s="3">
-        <v>23.947749649999999</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:24" x14ac:dyDescent="0.25">
+        <v>23.947749650320947</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>59</v>
+        <v>94</v>
       </c>
       <c r="B38" t="s">
-        <v>226</v>
+        <v>95</v>
       </c>
       <c r="C38" s="4">
-        <v>20821.9984</v>
+        <v>20821.998399999997</v>
       </c>
       <c r="D38" s="4">
-        <v>20821.9984</v>
+        <v>20821.998399999997</v>
       </c>
       <c r="E38" s="3">
         <v>100</v>
       </c>
       <c r="F38">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G38" s="3">
-        <v>105.657485787</v>
+        <v>96.052259806148115</v>
       </c>
       <c r="H38">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="I38" s="3">
-        <v>461.05084706999997</v>
+        <v>432.2351691276665</v>
       </c>
       <c r="J38">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K38" s="3">
-        <v>48.026129902999998</v>
+        <v>62.433968873996278</v>
       </c>
       <c r="L38">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="M38" s="3">
-        <v>72.039194855000005</v>
+        <v>67.236581864303673</v>
       </c>
       <c r="N38">
         <v>15</v>
       </c>
       <c r="O38" s="3">
-        <v>72.039194855000005</v>
+        <v>72.039194854611083</v>
       </c>
       <c r="P38">
         <v>4</v>
       </c>
       <c r="Q38" s="3">
-        <v>19.210451961</v>
+        <v>19.210451961229623</v>
       </c>
       <c r="R38">
         <v>4</v>
       </c>
       <c r="S38" s="3">
-        <v>19.210451961</v>
+        <v>19.210451961229623</v>
       </c>
       <c r="T38">
         <v>0</v>
       </c>
       <c r="U38" s="3">
         <v>0</v>
       </c>
       <c r="V38" s="4">
         <v>5742.88</v>
       </c>
       <c r="W38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X38" s="3">
-        <v>69.651464074000003</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:24" x14ac:dyDescent="0.25">
+        <v>34.825732036887416</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="B39" t="s">
-        <v>227</v>
+        <v>97</v>
       </c>
       <c r="C39" s="4">
-        <v>16286.001</v>
+        <v>16286.000999999998</v>
       </c>
       <c r="D39" s="4">
         <v>15297.000599999999</v>
       </c>
       <c r="E39" s="3">
-        <v>93.927297437999997</v>
+        <v>93.927297437842483</v>
       </c>
       <c r="F39">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G39" s="3">
-        <v>55.262184988999998</v>
+        <v>49.121942212824379</v>
       </c>
       <c r="H39">
         <v>1</v>
       </c>
       <c r="I39" s="3">
-        <v>6.1402427770000001</v>
+        <v>6.1402427766030474</v>
       </c>
       <c r="J39">
         <v>1</v>
       </c>
       <c r="K39" s="3">
-        <v>6.1402427770000001</v>
+        <v>6.1402427766030474</v>
       </c>
       <c r="L39">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="M39" s="3">
-        <v>61.402427766000002</v>
+        <v>73.682913319236576</v>
       </c>
       <c r="N39">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="O39" s="3">
-        <v>55.262184988999998</v>
+        <v>49.121942212824379</v>
       </c>
       <c r="P39">
         <v>2</v>
       </c>
       <c r="Q39" s="3">
-        <v>12.280485553</v>
+        <v>12.280485553206095</v>
       </c>
       <c r="R39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S39" s="3">
-        <v>24.560971106</v>
+        <v>30.701213883015239</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39" s="3">
-        <v>18.420728329999999</v>
+        <v>18.420728329809144</v>
       </c>
       <c r="V39" s="4">
         <v>4364.1648999999998</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39" s="3">
-        <v>68.741673808000002</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:24" x14ac:dyDescent="0.25">
+        <v>68.741673807971836</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="B40" t="s">
-        <v>228</v>
+        <v>99</v>
       </c>
       <c r="C40" s="4">
-        <v>29469.999400000001</v>
+        <v>29469.999400000004</v>
       </c>
       <c r="D40" s="4">
         <v>19059.0013</v>
       </c>
       <c r="E40" s="3">
-        <v>64.672554082000005</v>
+        <v>64.672554082237255</v>
       </c>
       <c r="F40">
         <v>19</v>
       </c>
       <c r="G40" s="3">
-        <v>64.47234607</v>
+        <v>64.472346070017224</v>
       </c>
       <c r="H40">
         <v>28</v>
       </c>
       <c r="I40" s="3">
-        <v>95.011878418999999</v>
+        <v>95.011878418972742</v>
       </c>
       <c r="J40">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K40" s="3">
-        <v>40.719376465000003</v>
+        <v>47.505939209486371</v>
       </c>
       <c r="L40">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M40" s="3">
-        <v>61.079064698000003</v>
+        <v>67.865627442123383</v>
       </c>
       <c r="N40">
         <v>43</v>
       </c>
       <c r="O40" s="3">
-        <v>145.911099001</v>
+        <v>145.91109900056529</v>
       </c>
       <c r="P40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q40" s="3">
-        <v>13.573125488000001</v>
+        <v>6.7865627442123388</v>
       </c>
       <c r="R40">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="S40" s="3">
-        <v>16.966406860999999</v>
+        <v>23.752969604743186</v>
       </c>
       <c r="T40">
         <v>1</v>
       </c>
       <c r="U40" s="3">
-        <v>3.3932813720000001</v>
+        <v>3.3932813721061694</v>
       </c>
       <c r="V40" s="4">
-        <v>6933.9443000000001</v>
+        <v>6933.944300000001</v>
       </c>
       <c r="W40">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X40" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:24" x14ac:dyDescent="0.25">
+        <v>14.421806070752544</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="B41" t="s">
-        <v>229</v>
+        <v>101</v>
       </c>
       <c r="C41" s="4">
-        <v>19442.000199999999</v>
+        <v>19442.000200000002</v>
       </c>
       <c r="D41" s="4">
         <v>10566.001700000001</v>
       </c>
       <c r="E41" s="3">
-        <v>54.346268858000002</v>
+        <v>54.346268857666203</v>
       </c>
       <c r="F41">
         <v>5</v>
       </c>
       <c r="G41" s="3">
-        <v>25.717518509000001</v>
+        <v>25.717518509232395</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
       <c r="J41">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K41" s="3">
-        <v>77.152555527999994</v>
+        <v>72.009051825850719</v>
       </c>
       <c r="L41">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="M41" s="3">
-        <v>41.148029614999999</v>
+        <v>36.004525912925359</v>
       </c>
       <c r="N41">
         <v>8</v>
       </c>
       <c r="O41" s="3">
-        <v>41.148029614999999</v>
+        <v>41.148029614771829</v>
       </c>
       <c r="P41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q41" s="3">
-        <v>15.430511106000001</v>
+        <v>10.287007403692957</v>
       </c>
       <c r="R41">
         <v>4</v>
       </c>
       <c r="S41" s="3">
-        <v>20.574014807000001</v>
+        <v>20.574014807385915</v>
       </c>
       <c r="T41">
         <v>0</v>
       </c>
       <c r="U41" s="3">
         <v>0</v>
       </c>
       <c r="V41" s="4">
         <v>5086.0501999999997</v>
       </c>
       <c r="W41">
         <v>0</v>
       </c>
       <c r="X41" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>63</v>
+        <v>102</v>
       </c>
       <c r="B42" t="s">
-        <v>230</v>
+        <v>103</v>
       </c>
       <c r="C42" s="4">
         <v>4296.9989999999998</v>
       </c>
       <c r="D42" s="4">
         <v>4296.9989999999998</v>
       </c>
       <c r="E42" s="3">
         <v>100</v>
       </c>
       <c r="F42">
         <v>3</v>
       </c>
       <c r="G42" s="3">
-        <v>69.816167050999994</v>
+        <v>69.816167050539235</v>
       </c>
       <c r="H42">
         <v>2</v>
       </c>
       <c r="I42" s="3">
-        <v>46.544111366999999</v>
+        <v>46.544111367026154</v>
       </c>
       <c r="J42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K42" s="3">
-        <v>46.544111366999999</v>
+        <v>23.272055683513077</v>
       </c>
       <c r="L42">
         <v>4</v>
       </c>
       <c r="M42" s="3">
-        <v>93.088222733999999</v>
+        <v>93.088222734052309</v>
       </c>
       <c r="N42">
         <v>5</v>
       </c>
       <c r="O42" s="3">
-        <v>116.36027841799999</v>
+        <v>116.36027841756538</v>
       </c>
       <c r="P42">
         <v>0</v>
       </c>
       <c r="Q42" s="3">
         <v>0</v>
       </c>
       <c r="R42">
         <v>1</v>
       </c>
       <c r="S42" s="3">
-        <v>23.272055684000001</v>
+        <v>23.272055683513077</v>
       </c>
       <c r="T42">
         <v>0</v>
       </c>
       <c r="U42" s="3">
         <v>0</v>
       </c>
       <c r="V42" s="4">
-        <v>973.2</v>
+        <v>973.19999999999993</v>
       </c>
       <c r="W42">
         <v>2</v>
       </c>
       <c r="X42" s="3">
-        <v>205.507603781</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:24" x14ac:dyDescent="0.25">
+        <v>205.50760378133995</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="B43" t="s">
-        <v>231</v>
+        <v>105</v>
       </c>
       <c r="C43" s="4">
-        <v>21409.9944</v>
+        <v>21409.994400000003</v>
       </c>
       <c r="D43" s="4">
-        <v>21409.9944</v>
+        <v>21409.994400000003</v>
       </c>
       <c r="E43" s="3">
         <v>100</v>
       </c>
       <c r="F43">
         <v>7</v>
       </c>
       <c r="G43" s="3">
-        <v>32.695010887000002</v>
+        <v>32.695010887064967</v>
       </c>
       <c r="H43">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
-        <v>42.036442569000002</v>
+        <v>46.707158410092802</v>
       </c>
       <c r="J43">
         <v>1</v>
       </c>
       <c r="K43" s="3">
-        <v>4.6707158409999998</v>
+        <v>4.6707158410092804</v>
       </c>
       <c r="L43">
+        <v>16</v>
+      </c>
+      <c r="M43" s="3">
+        <v>74.731453456148486</v>
+      </c>
+      <c r="N43">
         <v>18</v>
       </c>
-      <c r="M43" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="O43" s="3">
-        <v>79.402169297</v>
+        <v>84.072885138167052</v>
       </c>
       <c r="P43">
         <v>2</v>
       </c>
       <c r="Q43" s="3">
-        <v>9.3414316819999996</v>
+        <v>9.3414316820185608</v>
       </c>
       <c r="R43">
         <v>2</v>
       </c>
       <c r="S43" s="3">
-        <v>9.3414316819999996</v>
+        <v>9.3414316820185608</v>
       </c>
       <c r="T43">
         <v>0</v>
       </c>
       <c r="U43" s="3">
         <v>0</v>
       </c>
       <c r="V43" s="4">
         <v>5470.8112000000001</v>
       </c>
       <c r="W43">
         <v>0</v>
       </c>
       <c r="X43" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="B44" t="s">
-        <v>232</v>
+        <v>107</v>
       </c>
       <c r="C44" s="4">
         <v>10985.0013</v>
       </c>
       <c r="D44" s="4">
         <v>10985.0013</v>
       </c>
       <c r="E44" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F44">
         <v>5</v>
       </c>
       <c r="G44" s="3">
-        <v>45.516608177000002</v>
+        <v>45.516608177369989</v>
       </c>
       <c r="H44">
         <v>2</v>
       </c>
       <c r="I44" s="3">
-        <v>18.206643271000001</v>
+        <v>18.206643270947996</v>
       </c>
       <c r="J44">
         <v>2</v>
       </c>
       <c r="K44" s="3">
-        <v>18.206643271000001</v>
+        <v>18.206643270947996</v>
       </c>
       <c r="L44">
         <v>4</v>
       </c>
       <c r="M44" s="3">
-        <v>36.413286542000002</v>
+        <v>36.413286541895992</v>
       </c>
       <c r="N44">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="O44" s="3">
-        <v>72.826573084000003</v>
+        <v>91.033216354739977</v>
       </c>
       <c r="P44">
         <v>2</v>
       </c>
       <c r="Q44" s="3">
-        <v>18.206643271000001</v>
+        <v>18.206643270947996</v>
       </c>
       <c r="R44">
         <v>2</v>
       </c>
       <c r="S44" s="3">
-        <v>18.206643271000001</v>
+        <v>18.206643270947996</v>
       </c>
       <c r="T44">
         <v>0</v>
       </c>
       <c r="U44" s="3">
         <v>0</v>
       </c>
       <c r="V44" s="4">
         <v>2850.7471</v>
       </c>
       <c r="W44">
         <v>1</v>
       </c>
       <c r="X44" s="3">
-        <v>35.078523801999999</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:24" x14ac:dyDescent="0.25">
+        <v>35.078523801707981</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="B45" t="s">
-        <v>233</v>
+        <v>109</v>
       </c>
       <c r="C45" s="4">
         <v>4903.0020999999997</v>
       </c>
       <c r="D45" s="4">
         <v>2521.9991</v>
       </c>
       <c r="E45" s="3">
-        <v>51.437854778999998</v>
+        <v>51.437854778809907</v>
       </c>
       <c r="F45">
         <v>2</v>
       </c>
       <c r="G45" s="3">
-        <v>40.791334761999998</v>
+        <v>40.791334762022643</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
       <c r="J45">
         <v>1</v>
       </c>
       <c r="K45" s="3">
-        <v>20.395667380999999</v>
+        <v>20.395667381011322</v>
       </c>
       <c r="L45">
         <v>0</v>
       </c>
       <c r="M45" s="3">
         <v>0</v>
       </c>
       <c r="N45">
         <v>5</v>
       </c>
       <c r="O45" s="3">
-        <v>101.97833690500001</v>
+        <v>101.97833690505659</v>
       </c>
       <c r="P45">
         <v>0</v>
       </c>
       <c r="Q45" s="3">
         <v>0</v>
       </c>
       <c r="R45">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="S45" s="3">
-        <v>40.791334761999998</v>
+        <v>0</v>
       </c>
       <c r="T45">
         <v>0</v>
       </c>
       <c r="U45" s="3">
         <v>0</v>
       </c>
       <c r="V45" s="4">
         <v>965.70060000000001</v>
       </c>
       <c r="W45">
         <v>0</v>
       </c>
       <c r="X45" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>67</v>
+        <v>110</v>
       </c>
       <c r="B46" t="s">
-        <v>234</v>
+        <v>111</v>
       </c>
       <c r="C46" s="4">
         <v>28157.998800000001</v>
       </c>
       <c r="D46" s="4">
         <v>28157.998800000001</v>
       </c>
       <c r="E46" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F46">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G46" s="3">
-        <v>60.373608652999998</v>
+        <v>63.924997397187184</v>
       </c>
       <c r="H46">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="I46" s="3">
-        <v>24.85972121</v>
+        <v>74.57916363005171</v>
       </c>
       <c r="J46">
         <v>8</v>
       </c>
       <c r="K46" s="3">
-        <v>28.411109954</v>
+        <v>28.411109954305417</v>
       </c>
       <c r="L46">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M46" s="3">
-        <v>85.233329862999994</v>
+        <v>88.784718607204425</v>
       </c>
       <c r="N46">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="O46" s="3">
-        <v>138.50416102700001</v>
+        <v>142.0555497715271</v>
       </c>
       <c r="P46">
         <v>4</v>
       </c>
       <c r="Q46" s="3">
-        <v>14.205554977</v>
+        <v>14.205554977152708</v>
       </c>
       <c r="R46">
         <v>8</v>
       </c>
       <c r="S46" s="3">
-        <v>28.411109954</v>
+        <v>28.411109954305417</v>
       </c>
       <c r="T46">
         <v>1</v>
       </c>
       <c r="U46" s="3">
-        <v>3.551388744</v>
+        <v>3.5513887442881771</v>
       </c>
       <c r="V46" s="4">
-        <v>6324.0388000000003</v>
+        <v>6324.0388000000012</v>
       </c>
       <c r="W46">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X46" s="3">
-        <v>15.812679706999999</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:24" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="B47" t="s">
-        <v>235</v>
+        <v>113</v>
       </c>
       <c r="C47" s="4">
-        <v>16506.994500000001</v>
+        <v>16506.994500000004</v>
       </c>
       <c r="D47" s="4">
-        <v>14546.998100000001</v>
+        <v>14546.998100000003</v>
       </c>
       <c r="E47" s="3">
-        <v>88.126267322999993</v>
+        <v>88.126267322618901</v>
       </c>
       <c r="F47">
         <v>8</v>
       </c>
       <c r="G47" s="3">
-        <v>48.464304026000001</v>
+        <v>48.464304025787357</v>
       </c>
       <c r="H47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I47" s="3">
-        <v>18.17411401</v>
+        <v>24.232152012893678</v>
       </c>
       <c r="J47">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K47" s="3">
-        <v>36.348228018999997</v>
+        <v>30.290190016117098</v>
       </c>
       <c r="L47">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="M47" s="3">
-        <v>90.870570048000005</v>
+        <v>102.98664605479814</v>
       </c>
       <c r="N47">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O47" s="3">
-        <v>181.741140097</v>
+        <v>187.79917809992602</v>
       </c>
       <c r="P47">
         <v>0</v>
       </c>
       <c r="Q47" s="3">
         <v>0</v>
       </c>
       <c r="R47">
         <v>3</v>
       </c>
       <c r="S47" s="3">
-        <v>18.17411401</v>
+        <v>18.174114009670259</v>
       </c>
       <c r="T47">
         <v>1</v>
       </c>
       <c r="U47" s="3">
-        <v>6.0580380030000001</v>
+        <v>6.0580380032234196</v>
       </c>
       <c r="V47" s="4">
-        <v>3800.1541999999999</v>
+        <v>3800.1542000000004</v>
       </c>
       <c r="W47">
         <v>2</v>
       </c>
       <c r="X47" s="3">
-        <v>52.629443299999998</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:24" x14ac:dyDescent="0.25">
+        <v>52.629443299958723</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="B48" t="s">
-        <v>236</v>
+        <v>115</v>
       </c>
       <c r="C48" s="4">
-        <v>15043.9982</v>
+        <v>15043.998200000002</v>
       </c>
       <c r="D48" s="4">
-        <v>15043.9982</v>
+        <v>15043.998200000002</v>
       </c>
       <c r="E48" s="3">
-        <v>100</v>
+        <v>100.00000000000001</v>
       </c>
       <c r="F48">
         <v>8</v>
       </c>
       <c r="G48" s="3">
-        <v>53.177352812999999</v>
+        <v>53.177352813030772</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
       <c r="J48">
         <v>5</v>
       </c>
       <c r="K48" s="3">
-        <v>33.235845507999997</v>
+        <v>33.235845508144237</v>
       </c>
       <c r="L48">
         <v>18</v>
       </c>
       <c r="M48" s="3">
-        <v>119.64904382899999</v>
+        <v>119.64904382931924</v>
       </c>
       <c r="N48">
         <v>28</v>
       </c>
       <c r="O48" s="3">
-        <v>186.120734846</v>
+        <v>186.1207348456077</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
       <c r="Q48" s="3">
-        <v>19.941507304999998</v>
+        <v>19.941507304886539</v>
       </c>
       <c r="R48">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="S48" s="3">
-        <v>39.883014609999996</v>
+        <v>33.235845508144237</v>
       </c>
       <c r="T48">
         <v>0</v>
       </c>
       <c r="U48" s="3">
         <v>0</v>
       </c>
       <c r="V48" s="4">
         <v>3543.5531000000001</v>
       </c>
       <c r="W48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="X48" s="3">
-        <v>28.220262877</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:24" x14ac:dyDescent="0.25">
+        <v>56.440525753656686</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>70</v>
+        <v>116</v>
       </c>
       <c r="B49" t="s">
-        <v>237</v>
+        <v>117</v>
       </c>
       <c r="C49" s="4">
         <v>7611.9988000000003</v>
       </c>
       <c r="D49" s="4">
         <v>7611.9988000000003</v>
       </c>
       <c r="E49" s="3">
         <v>100</v>
       </c>
       <c r="F49">
         <v>3</v>
       </c>
       <c r="G49" s="3">
-        <v>39.411461809000002</v>
+        <v>39.411461809479</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
       <c r="J49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K49" s="3">
-        <v>39.411461809000002</v>
+        <v>26.274307872986</v>
       </c>
       <c r="L49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M49" s="3">
-        <v>39.411461809000002</v>
+        <v>26.274307872986</v>
       </c>
       <c r="N49">
         <v>7</v>
       </c>
       <c r="O49" s="3">
-        <v>91.960077554999998</v>
+        <v>91.960077555451008</v>
       </c>
       <c r="P49">
         <v>0</v>
       </c>
       <c r="Q49" s="3">
         <v>0</v>
       </c>
       <c r="R49">
         <v>1</v>
       </c>
       <c r="S49" s="3">
-        <v>13.137153936000001</v>
+        <v>13.137153936493</v>
       </c>
       <c r="T49">
         <v>0</v>
       </c>
       <c r="U49" s="3">
         <v>0</v>
       </c>
       <c r="V49" s="4">
-        <v>1767.4855</v>
+        <v>1767.4855000000002</v>
       </c>
       <c r="W49">
         <v>0</v>
       </c>
       <c r="X49" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>71</v>
+        <v>118</v>
       </c>
       <c r="B50" t="s">
-        <v>238</v>
+        <v>119</v>
       </c>
       <c r="C50" s="4">
-        <v>64331.999799999998</v>
+        <v>64331.999799999991</v>
       </c>
       <c r="D50" s="4">
-        <v>64331.999799999998</v>
+        <v>64331.999799999991</v>
       </c>
       <c r="E50" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F50">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G50" s="3">
-        <v>80.830691043000002</v>
+        <v>76.167381944187611</v>
       </c>
       <c r="H50">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="I50" s="3">
-        <v>164.77025481800001</v>
+        <v>161.66138208562268</v>
       </c>
       <c r="J50">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="K50" s="3">
-        <v>43.524218253999997</v>
+        <v>40.415345521405669</v>
       </c>
       <c r="L50">
         <v>41</v>
       </c>
       <c r="M50" s="3">
-        <v>63.731891015000002</v>
+        <v>63.731891014524322</v>
       </c>
       <c r="N50">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="O50" s="3">
-        <v>153.88920025499999</v>
+        <v>156.99807298699895</v>
       </c>
       <c r="P50">
         <v>8</v>
       </c>
       <c r="Q50" s="3">
-        <v>12.43549093</v>
+        <v>12.435490929663283</v>
       </c>
       <c r="R50">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="S50" s="3">
-        <v>32.643163690000002</v>
+        <v>27.979854591742384</v>
       </c>
       <c r="T50">
         <v>2</v>
       </c>
       <c r="U50" s="3">
-        <v>3.108872732</v>
+        <v>3.1088727324158207</v>
       </c>
       <c r="V50" s="4">
-        <v>16538.124899999999</v>
+        <v>16538.124900000003</v>
       </c>
       <c r="W50">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="X50" s="3">
-        <v>78.606251184000001</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:24" x14ac:dyDescent="0.25">
+        <v>66.512981770986613</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="B51" t="s">
-        <v>239</v>
+        <v>121</v>
       </c>
       <c r="C51" s="4">
-        <v>8160.0005000000001</v>
+        <v>8160.0005000000028</v>
       </c>
       <c r="D51" s="4">
-        <v>8160.0005000000001</v>
+        <v>8160.0005000000028</v>
       </c>
       <c r="E51" s="3">
         <v>100</v>
       </c>
       <c r="F51">
         <v>10</v>
       </c>
       <c r="G51" s="3">
-        <v>122.549012099</v>
+        <v>122.54901209871245</v>
       </c>
       <c r="H51">
+        <v>5</v>
+      </c>
+      <c r="I51" s="3">
+        <v>61.274506049356226</v>
+      </c>
+      <c r="J51">
+        <v>1</v>
+      </c>
+      <c r="K51" s="3">
+        <v>12.254901209871244</v>
+      </c>
+      <c r="L51">
+        <v>2</v>
+      </c>
+      <c r="M51" s="3">
+        <v>24.509802419742488</v>
+      </c>
+      <c r="N51">
+        <v>14</v>
+      </c>
+      <c r="O51" s="3">
+        <v>171.56861693819744</v>
+      </c>
+      <c r="P51">
+        <v>2</v>
+      </c>
+      <c r="Q51" s="3">
+        <v>24.509802419742488</v>
+      </c>
+      <c r="R51">
         <v>4</v>
       </c>
-      <c r="I51" s="3">
-[...28 lines deleted...]
-      </c>
       <c r="S51" s="3">
-        <v>73.529407258999996</v>
+        <v>49.019604839484977</v>
       </c>
       <c r="T51">
         <v>1</v>
       </c>
       <c r="U51" s="3">
-        <v>12.25490121</v>
+        <v>12.254901209871244</v>
       </c>
       <c r="V51" s="4">
         <v>1686.356</v>
       </c>
       <c r="W51">
         <v>1</v>
       </c>
       <c r="X51" s="3">
-        <v>59.299459900999999</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:24" x14ac:dyDescent="0.25">
+        <v>59.299459900519224</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="B52" t="s">
-        <v>240</v>
+        <v>123</v>
       </c>
       <c r="C52" s="4">
         <v>21609.998899999999</v>
       </c>
       <c r="D52" s="4">
         <v>21609.998899999999</v>
       </c>
       <c r="E52" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F52">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G52" s="3">
-        <v>64.784825139000006</v>
+        <v>74.039800159360496</v>
       </c>
       <c r="H52">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I52" s="3">
-        <v>55.529850119999999</v>
+        <v>60.157337629480402</v>
       </c>
       <c r="J52">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K52" s="3">
-        <v>37.019900079999999</v>
+        <v>32.392412569720214</v>
       </c>
       <c r="L52">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M52" s="3">
-        <v>78.667287669000004</v>
+        <v>83.294775179280549</v>
       </c>
       <c r="N52">
         <v>38</v>
       </c>
       <c r="O52" s="3">
-        <v>175.84452537799999</v>
+        <v>175.84452537848117</v>
       </c>
       <c r="P52">
         <v>2</v>
       </c>
       <c r="Q52" s="3">
-        <v>9.2549750199999998</v>
+        <v>9.254975019920062</v>
       </c>
       <c r="R52">
         <v>4</v>
       </c>
       <c r="S52" s="3">
-        <v>18.50995004</v>
+        <v>18.509950039840124</v>
       </c>
       <c r="T52">
         <v>0</v>
       </c>
       <c r="U52" s="3">
         <v>0</v>
       </c>
       <c r="V52" s="4">
-        <v>4905.5375000000004</v>
+        <v>4905.5374999999995</v>
       </c>
       <c r="W52">
         <v>2</v>
       </c>
       <c r="X52" s="3">
-        <v>40.770251985999998</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:24" x14ac:dyDescent="0.25">
+        <v>40.770251985638687</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>74</v>
+        <v>124</v>
       </c>
       <c r="B53" t="s">
-        <v>241</v>
+        <v>125</v>
       </c>
       <c r="C53" s="4">
-        <v>10912.998900000001</v>
+        <v>10912.998900000002</v>
       </c>
       <c r="D53" s="4">
-        <v>10912.998900000001</v>
+        <v>10912.998900000002</v>
       </c>
       <c r="E53" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F53">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G53" s="3">
-        <v>45.816920222999997</v>
+        <v>36.653536178767496</v>
       </c>
       <c r="H53">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I53" s="3">
-        <v>18.326768089000002</v>
+        <v>9.163384044691874</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
       <c r="K53" s="3">
         <v>0</v>
       </c>
       <c r="L53">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M53" s="3">
-        <v>9.1633840450000008</v>
+        <v>18.326768089383748</v>
       </c>
       <c r="N53">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="O53" s="3">
-        <v>137.45076066999999</v>
+        <v>146.61414471506998</v>
       </c>
       <c r="P53">
         <v>2</v>
       </c>
       <c r="Q53" s="3">
-        <v>18.326768089000002</v>
+        <v>18.326768089383748</v>
       </c>
       <c r="R53">
         <v>7</v>
       </c>
       <c r="S53" s="3">
-        <v>64.143688312999998</v>
+        <v>64.143688312843111</v>
       </c>
       <c r="T53">
         <v>0</v>
       </c>
       <c r="U53" s="3">
         <v>0</v>
       </c>
       <c r="V53" s="4">
-        <v>2848.2269999999999</v>
+        <v>2848.2269999999994</v>
       </c>
       <c r="W53">
         <v>1</v>
       </c>
       <c r="X53" s="3">
-        <v>35.109561141</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:24" x14ac:dyDescent="0.25">
+        <v>35.109561141018617</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="B54" t="s">
-        <v>242</v>
+        <v>127</v>
       </c>
       <c r="C54" s="4">
-        <v>23362.987700000001</v>
+        <v>23362.987699999998</v>
       </c>
       <c r="D54" s="4">
-        <v>23362.987700000001</v>
+        <v>23362.987699999998</v>
       </c>
       <c r="E54" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F54">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G54" s="3">
-        <v>47.083019266000001</v>
+        <v>51.363293745174552</v>
       </c>
       <c r="H54">
         <v>11</v>
       </c>
       <c r="I54" s="3">
-        <v>47.083019266000001</v>
+        <v>47.083019266410012</v>
       </c>
       <c r="J54">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K54" s="3">
-        <v>29.961921351000001</v>
+        <v>25.681646872587276</v>
       </c>
       <c r="L54">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M54" s="3">
-        <v>68.48439166</v>
+        <v>64.204117181468192</v>
       </c>
       <c r="N54">
         <v>27</v>
       </c>
       <c r="O54" s="3">
-        <v>115.567410927</v>
+        <v>115.56741092664275</v>
       </c>
       <c r="P54">
         <v>4</v>
       </c>
       <c r="Q54" s="3">
-        <v>17.121097915</v>
+        <v>17.121097915058186</v>
       </c>
       <c r="R54">
         <v>6</v>
       </c>
       <c r="S54" s="3">
-        <v>25.681646872999998</v>
+        <v>25.681646872587276</v>
       </c>
       <c r="T54">
         <v>0</v>
       </c>
       <c r="U54" s="3">
         <v>0</v>
       </c>
       <c r="V54" s="4">
-        <v>5701.0505000000003</v>
+        <v>5701.0504999999994</v>
       </c>
       <c r="W54">
         <v>0</v>
       </c>
       <c r="X54" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="B55" t="s">
-        <v>243</v>
+        <v>129</v>
       </c>
       <c r="C55" s="4">
         <v>7621.0039999999999</v>
       </c>
       <c r="D55" s="4">
         <v>7621.0039999999999</v>
       </c>
       <c r="E55" s="3">
         <v>100</v>
       </c>
       <c r="F55">
         <v>4</v>
       </c>
       <c r="G55" s="3">
-        <v>52.486522772999997</v>
+        <v>52.486522773114935</v>
       </c>
       <c r="H55">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I55" s="3">
-        <v>13.121630693</v>
+        <v>26.243261386557467</v>
       </c>
       <c r="J55">
         <v>1</v>
       </c>
       <c r="K55" s="3">
-        <v>13.121630693</v>
+        <v>13.121630693278734</v>
       </c>
       <c r="L55">
         <v>7</v>
       </c>
       <c r="M55" s="3">
-        <v>91.851414852999994</v>
+        <v>91.851414852951137</v>
       </c>
       <c r="N55">
         <v>7</v>
       </c>
       <c r="O55" s="3">
-        <v>91.851414852999994</v>
+        <v>91.851414852951137</v>
       </c>
       <c r="P55">
         <v>1</v>
       </c>
       <c r="Q55" s="3">
-        <v>13.121630693</v>
+        <v>13.121630693278734</v>
       </c>
       <c r="R55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S55" s="3">
-        <v>52.486522772999997</v>
+        <v>26.243261386557467</v>
       </c>
       <c r="T55">
         <v>0</v>
       </c>
       <c r="U55" s="3">
         <v>0</v>
       </c>
       <c r="V55" s="4">
-        <v>1816.7643</v>
+        <v>1816.7642999999998</v>
       </c>
       <c r="W55">
         <v>0</v>
       </c>
       <c r="X55" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>77</v>
+        <v>130</v>
       </c>
       <c r="B56" t="s">
-        <v>244</v>
+        <v>131</v>
       </c>
       <c r="C56" s="4">
         <v>7184.0027</v>
       </c>
       <c r="D56" s="4">
         <v>7184.0027</v>
       </c>
       <c r="E56" s="3">
         <v>100</v>
       </c>
       <c r="F56">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G56" s="3">
-        <v>69.599082973999998</v>
+        <v>55.67926637889488</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" s="3">
-        <v>13.919816595</v>
+        <v>13.91981659472372</v>
       </c>
       <c r="J56">
         <v>3</v>
       </c>
       <c r="K56" s="3">
-        <v>41.759449783999997</v>
+        <v>41.75944978417116</v>
       </c>
       <c r="L56">
         <v>4</v>
       </c>
       <c r="M56" s="3">
-        <v>55.679266378999998</v>
+        <v>55.67926637889488</v>
       </c>
       <c r="N56">
         <v>10</v>
       </c>
       <c r="O56" s="3">
-        <v>139.19816594700001</v>
+        <v>139.19816594723719</v>
       </c>
       <c r="P56">
         <v>0</v>
       </c>
       <c r="Q56" s="3">
         <v>0</v>
       </c>
       <c r="R56">
         <v>1</v>
       </c>
       <c r="S56" s="3">
-        <v>13.919816595</v>
+        <v>13.91981659472372</v>
       </c>
       <c r="T56">
         <v>0</v>
       </c>
       <c r="U56" s="3">
         <v>0</v>
       </c>
       <c r="V56" s="4">
         <v>1433.855</v>
       </c>
       <c r="W56">
         <v>1</v>
       </c>
       <c r="X56" s="3">
-        <v>69.742058994999994</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:24" x14ac:dyDescent="0.25">
+        <v>69.742058994807707</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="B57" t="s">
-        <v>245</v>
+        <v>133</v>
       </c>
       <c r="C57" s="4">
-        <v>28970.0013</v>
+        <v>28970.001299999996</v>
       </c>
       <c r="D57" s="4">
-        <v>28970.0013</v>
+        <v>28970.001299999996</v>
       </c>
       <c r="E57" s="3">
         <v>100</v>
       </c>
       <c r="F57">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G57" s="3">
-        <v>100.10355091</v>
+        <v>103.55539749319931</v>
       </c>
       <c r="H57">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="I57" s="3">
-        <v>203.65894840300001</v>
+        <v>214.01448815261188</v>
       </c>
       <c r="J57">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K57" s="3">
-        <v>58.681391912999999</v>
+        <v>55.229545329706291</v>
       </c>
       <c r="L57">
+        <v>20</v>
+      </c>
+      <c r="M57" s="3">
+        <v>69.036931662132872</v>
+      </c>
+      <c r="N57">
+        <v>33</v>
+      </c>
+      <c r="O57" s="3">
+        <v>113.91093724251924</v>
+      </c>
+      <c r="P57">
         <v>18</v>
       </c>
-      <c r="M57" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="Q57" s="3">
-        <v>58.681391912999999</v>
+        <v>62.133238495919578</v>
       </c>
       <c r="R57">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="S57" s="3">
-        <v>31.066619247999999</v>
+        <v>27.614772664853145</v>
       </c>
       <c r="T57">
         <v>2</v>
       </c>
       <c r="U57" s="3">
-        <v>6.903693166</v>
+        <v>6.9036931662132863</v>
       </c>
       <c r="V57" s="4">
-        <v>7427.4088000000002</v>
+        <v>7427.4088000000011</v>
       </c>
       <c r="W57">
         <v>4</v>
       </c>
       <c r="X57" s="3">
-        <v>53.854582503000003</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:24" x14ac:dyDescent="0.25">
+        <v>53.854582502581508</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>79</v>
+        <v>134</v>
       </c>
       <c r="B58" t="s">
-        <v>246</v>
+        <v>135</v>
       </c>
       <c r="C58" s="4">
         <v>11047.999299999999</v>
       </c>
       <c r="D58" s="4">
         <v>11047.999299999999</v>
       </c>
       <c r="E58" s="3">
         <v>100</v>
       </c>
       <c r="F58">
         <v>11</v>
       </c>
       <c r="G58" s="3">
-        <v>99.565538531000001</v>
+        <v>99.565538531487789</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" s="3">
-        <v>9.0514125940000003</v>
+        <v>9.0514125937716177</v>
       </c>
       <c r="J58">
         <v>2</v>
       </c>
       <c r="K58" s="3">
-        <v>18.102825188000001</v>
+        <v>18.102825187543235</v>
       </c>
       <c r="L58">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M58" s="3">
-        <v>90.514125938000006</v>
+        <v>99.565538531487789</v>
       </c>
       <c r="N58">
         <v>12</v>
       </c>
       <c r="O58" s="3">
-        <v>108.616951125</v>
+        <v>108.61695112525939</v>
       </c>
       <c r="P58">
         <v>3</v>
       </c>
       <c r="Q58" s="3">
-        <v>27.154237780999999</v>
+        <v>27.154237781314848</v>
       </c>
       <c r="R58">
         <v>3</v>
       </c>
       <c r="S58" s="3">
-        <v>27.154237780999999</v>
+        <v>27.154237781314848</v>
       </c>
       <c r="T58">
         <v>0</v>
       </c>
       <c r="U58" s="3">
         <v>0</v>
       </c>
       <c r="V58" s="4">
-        <v>2967.3807000000002</v>
+        <v>2967.3806999999997</v>
       </c>
       <c r="W58">
         <v>1</v>
       </c>
       <c r="X58" s="3">
-        <v>33.699754130000002</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:24" x14ac:dyDescent="0.25">
+        <v>33.69975412996385</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>80</v>
+        <v>136</v>
       </c>
       <c r="B59" t="s">
-        <v>247</v>
+        <v>137</v>
       </c>
       <c r="C59" s="4">
-        <v>11692.998799999999</v>
+        <v>11692.998799999998</v>
       </c>
       <c r="D59" s="4">
-        <v>11692.998799999999</v>
+        <v>11692.998799999998</v>
       </c>
       <c r="E59" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F59">
         <v>13</v>
       </c>
       <c r="G59" s="3">
-        <v>111.17763905</v>
+        <v>111.17763905012974</v>
       </c>
       <c r="H59">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I59" s="3">
-        <v>76.969134726999997</v>
+        <v>85.521260807792117</v>
       </c>
       <c r="J59">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K59" s="3">
-        <v>42.760630403999997</v>
+        <v>51.312756484675262</v>
       </c>
       <c r="L59">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M59" s="3">
-        <v>162.490395535</v>
+        <v>171.04252161558423</v>
       </c>
       <c r="N59">
         <v>12</v>
       </c>
       <c r="O59" s="3">
-        <v>102.625512969</v>
+        <v>102.62551296935052</v>
       </c>
       <c r="P59">
         <v>10</v>
       </c>
       <c r="Q59" s="3">
-        <v>85.521260807999994</v>
+        <v>85.521260807792117</v>
       </c>
       <c r="R59">
         <v>3</v>
       </c>
       <c r="S59" s="3">
-        <v>25.656378241999999</v>
+        <v>25.656378242337631</v>
       </c>
       <c r="T59">
         <v>0</v>
       </c>
       <c r="U59" s="3">
         <v>0</v>
       </c>
       <c r="V59" s="4">
         <v>3001.4823000000001</v>
       </c>
       <c r="W59">
         <v>2</v>
       </c>
       <c r="X59" s="3">
-        <v>66.633742933999997</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:24" x14ac:dyDescent="0.25">
+        <v>66.633742934282836</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="B60" t="s">
-        <v>248</v>
+        <v>139</v>
       </c>
       <c r="C60" s="4">
         <v>8405.9992999999995</v>
       </c>
       <c r="D60" s="4">
         <v>8405.9992999999995</v>
       </c>
       <c r="E60" s="3">
         <v>100</v>
       </c>
       <c r="F60">
         <v>7</v>
       </c>
       <c r="G60" s="3">
-        <v>83.273858945000001</v>
+        <v>83.273858945003724</v>
       </c>
       <c r="H60">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I60" s="3">
-        <v>11.896265564</v>
+        <v>23.792531127143921</v>
       </c>
       <c r="J60">
         <v>4</v>
       </c>
       <c r="K60" s="3">
-        <v>47.585062254</v>
+        <v>47.585062254287841</v>
       </c>
       <c r="L60">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="M60" s="3">
-        <v>130.85892119900001</v>
+        <v>118.9626556357196</v>
       </c>
       <c r="N60">
         <v>10</v>
       </c>
       <c r="O60" s="3">
-        <v>118.96265563599999</v>
+        <v>118.9626556357196</v>
       </c>
       <c r="P60">
         <v>5</v>
       </c>
       <c r="Q60" s="3">
-        <v>59.481327817999997</v>
+        <v>59.4813278178598</v>
       </c>
       <c r="R60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S60" s="3">
-        <v>35.688796691</v>
+        <v>23.792531127143921</v>
       </c>
       <c r="T60">
         <v>1</v>
       </c>
       <c r="U60" s="3">
-        <v>11.896265564</v>
+        <v>11.89626556357196</v>
       </c>
       <c r="V60" s="4">
-        <v>2146.7822000000001</v>
+        <v>2146.7822000000006</v>
       </c>
       <c r="W60">
         <v>2</v>
       </c>
       <c r="X60" s="3">
-        <v>93.162687859000002</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:24" x14ac:dyDescent="0.25">
+        <v>93.162687859066438</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>82</v>
+        <v>140</v>
       </c>
       <c r="B61" t="s">
-        <v>249</v>
+        <v>141</v>
       </c>
       <c r="C61" s="4">
-        <v>13750.001399999999</v>
+        <v>13750.001399999997</v>
       </c>
       <c r="D61" s="4">
-        <v>13750.001399999999</v>
+        <v>13750.001399999997</v>
       </c>
       <c r="E61" s="3">
         <v>100</v>
       </c>
       <c r="F61">
         <v>14</v>
       </c>
       <c r="G61" s="3">
-        <v>101.818171451</v>
+        <v>101.81817145124076</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
       <c r="J61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K61" s="3">
-        <v>14.545453064</v>
+        <v>21.818179596694446</v>
       </c>
       <c r="L61">
         <v>6</v>
       </c>
       <c r="M61" s="3">
-        <v>43.636359192999997</v>
+        <v>43.636359193388891</v>
       </c>
       <c r="N61">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O61" s="3">
-        <v>79.999991855000005</v>
+        <v>87.272718386777782</v>
       </c>
       <c r="P61">
         <v>7</v>
       </c>
       <c r="Q61" s="3">
-        <v>50.909085726000001</v>
+        <v>50.909085725620379</v>
       </c>
       <c r="R61">
         <v>3</v>
       </c>
       <c r="S61" s="3">
-        <v>21.818179597</v>
+        <v>21.818179596694446</v>
       </c>
       <c r="T61">
         <v>2</v>
       </c>
       <c r="U61" s="3">
-        <v>14.545453064</v>
+        <v>14.545453064462963</v>
       </c>
       <c r="V61" s="4">
-        <v>3538.9724000000001</v>
+        <v>3538.9724000000006</v>
       </c>
       <c r="W61">
         <v>2</v>
       </c>
       <c r="X61" s="3">
-        <v>56.513580044000001</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:24" x14ac:dyDescent="0.25">
+        <v>56.513580043743758</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>83</v>
+        <v>142</v>
       </c>
       <c r="B62" t="s">
-        <v>250</v>
+        <v>143</v>
       </c>
       <c r="C62" s="4">
-        <v>17061.0023</v>
+        <v>17061.002300000004</v>
       </c>
       <c r="D62" s="4">
         <v>11301.004000000001</v>
       </c>
       <c r="E62" s="3">
-        <v>66.238804739000003</v>
+        <v>66.238804738922042</v>
       </c>
       <c r="F62">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G62" s="3">
-        <v>99.642445977999998</v>
+        <v>93.781125625895939</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
       <c r="J62">
         <v>5</v>
       </c>
       <c r="K62" s="3">
-        <v>29.306601757999999</v>
+        <v>29.30660175809248</v>
       </c>
       <c r="L62">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="M62" s="3">
-        <v>46.890562813000003</v>
+        <v>52.751883164566472</v>
       </c>
       <c r="N62">
         <v>23</v>
       </c>
       <c r="O62" s="3">
-        <v>134.810368087</v>
+        <v>134.81036808722541</v>
       </c>
       <c r="P62">
         <v>2</v>
       </c>
       <c r="Q62" s="3">
-        <v>11.722640703</v>
+        <v>11.722640703236992</v>
       </c>
       <c r="R62">
         <v>1</v>
       </c>
       <c r="S62" s="3">
-        <v>5.8613203519999999</v>
+        <v>5.8613203516184962</v>
       </c>
       <c r="T62">
         <v>0</v>
       </c>
       <c r="U62" s="3">
         <v>0</v>
       </c>
       <c r="V62" s="4">
         <v>4123.1094000000003</v>
       </c>
       <c r="W62">
         <v>2</v>
       </c>
       <c r="X62" s="3">
-        <v>48.507080602999999</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:24" x14ac:dyDescent="0.25">
+        <v>48.507080602809125</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>84</v>
+        <v>144</v>
       </c>
       <c r="B63" t="s">
-        <v>251</v>
+        <v>145</v>
       </c>
       <c r="C63" s="4">
-        <v>16716.000700000001</v>
+        <v>16716.000700000004</v>
       </c>
       <c r="D63" s="4">
-        <v>16716.000700000001</v>
+        <v>16716.000700000004</v>
       </c>
       <c r="E63" s="3">
         <v>100</v>
       </c>
       <c r="F63">
         <v>36</v>
       </c>
       <c r="G63" s="3">
-        <v>215.36251790200001</v>
+        <v>215.36251790178494</v>
       </c>
       <c r="H63">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="I63" s="3">
-        <v>1292.175107411</v>
+        <v>1346.0157368861555</v>
       </c>
       <c r="J63">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K63" s="3">
-        <v>71.787505967000001</v>
+        <v>65.80521380332317</v>
       </c>
       <c r="L63">
         <v>44</v>
       </c>
       <c r="M63" s="3">
-        <v>263.22085521299999</v>
+        <v>263.22085521329268</v>
       </c>
       <c r="N63">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="O63" s="3">
-        <v>131.61042760699999</v>
+        <v>143.57501193452327</v>
       </c>
       <c r="P63">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="Q63" s="3">
-        <v>47.858337312000003</v>
+        <v>53.840629475446235</v>
       </c>
       <c r="R63">
         <v>6</v>
       </c>
       <c r="S63" s="3">
-        <v>35.893752984000002</v>
+        <v>35.893752983630819</v>
       </c>
       <c r="T63">
         <v>0</v>
       </c>
       <c r="U63" s="3">
         <v>0</v>
       </c>
       <c r="V63" s="4">
         <v>4778.5392000000002</v>
       </c>
       <c r="W63">
         <v>3</v>
       </c>
       <c r="X63" s="3">
-        <v>62.780692475999999</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:24" x14ac:dyDescent="0.25">
+        <v>62.780692476060466</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>85</v>
+        <v>146</v>
       </c>
       <c r="B64" t="s">
-        <v>252</v>
+        <v>147</v>
       </c>
       <c r="C64" s="4">
         <v>16663.0062</v>
       </c>
       <c r="D64" s="4">
         <v>16663.0062</v>
       </c>
       <c r="E64" s="3">
         <v>100</v>
       </c>
       <c r="F64">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G64" s="3">
-        <v>114.025043092</v>
+        <v>120.02636114964656</v>
       </c>
       <c r="H64">
         <v>2</v>
       </c>
       <c r="I64" s="3">
-        <v>12.002636115</v>
+        <v>12.002636114964657</v>
       </c>
       <c r="J64">
         <v>1</v>
       </c>
       <c r="K64" s="3">
-        <v>6.0013180569999998</v>
+        <v>6.0013180574823286</v>
       </c>
       <c r="L64">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="M64" s="3">
-        <v>42.009226402000003</v>
+        <v>48.010544459858629</v>
       </c>
       <c r="N64">
         <v>10</v>
       </c>
       <c r="O64" s="3">
-        <v>60.013180575</v>
+        <v>60.013180574823281</v>
       </c>
       <c r="P64">
         <v>2</v>
       </c>
       <c r="Q64" s="3">
-        <v>12.002636115</v>
+        <v>12.002636114964657</v>
       </c>
       <c r="R64">
         <v>4</v>
       </c>
       <c r="S64" s="3">
-        <v>24.005272229999999</v>
+        <v>24.005272229929314</v>
       </c>
       <c r="T64">
         <v>0</v>
       </c>
       <c r="U64" s="3">
         <v>0</v>
       </c>
       <c r="V64" s="4">
-        <v>4313.9832999999999</v>
+        <v>4313.9833000000017</v>
       </c>
       <c r="W64">
         <v>2</v>
       </c>
       <c r="X64" s="3">
-        <v>46.360865607000001</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:24" x14ac:dyDescent="0.25">
+        <v>46.360865606503374</v>
+      </c>
+    </row>
+    <row r="65" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>86</v>
+        <v>148</v>
       </c>
       <c r="B65" t="s">
-        <v>253</v>
+        <v>149</v>
       </c>
       <c r="C65" s="4">
-        <v>14094.997799999999</v>
+        <v>14094.997800000001</v>
       </c>
       <c r="D65" s="4">
-        <v>14094.997799999999</v>
+        <v>14094.997800000001</v>
       </c>
       <c r="E65" s="3">
         <v>100</v>
       </c>
       <c r="F65">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G65" s="3">
-        <v>120.610164267</v>
+        <v>113.51544872181533</v>
       </c>
       <c r="H65">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I65" s="3">
-        <v>212.84146635299999</v>
+        <v>241.22032853385755</v>
       </c>
       <c r="J65">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K65" s="3">
-        <v>42.568293271000002</v>
+        <v>35.473577725567289</v>
       </c>
       <c r="L65">
         <v>11</v>
       </c>
       <c r="M65" s="3">
-        <v>78.041870996</v>
+        <v>78.041870996248036</v>
       </c>
       <c r="N65">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="O65" s="3">
-        <v>163.178457538</v>
+        <v>170.27317308272299</v>
       </c>
       <c r="P65">
         <v>7</v>
       </c>
       <c r="Q65" s="3">
-        <v>49.663008816000001</v>
+        <v>49.663008815794207</v>
       </c>
       <c r="R65">
         <v>4</v>
       </c>
       <c r="S65" s="3">
-        <v>28.378862179999999</v>
+        <v>28.378862180453833</v>
       </c>
       <c r="T65">
         <v>2</v>
       </c>
       <c r="U65" s="3">
-        <v>14.189431089999999</v>
+        <v>14.189431090226917</v>
       </c>
       <c r="V65" s="4">
-        <v>3351.6891999999998</v>
+        <v>3351.6891999999989</v>
       </c>
       <c r="W65">
         <v>3</v>
       </c>
       <c r="X65" s="3">
-        <v>89.507105850000002</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:24" x14ac:dyDescent="0.25">
+        <v>89.507105849790634</v>
+      </c>
+    </row>
+    <row r="66" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>87</v>
+        <v>150</v>
       </c>
       <c r="B66" t="s">
-        <v>254</v>
+        <v>151</v>
       </c>
       <c r="C66" s="4">
-        <v>17687.000100000001</v>
+        <v>17687.000100000005</v>
       </c>
       <c r="D66" s="4">
-        <v>17687.000100000001</v>
+        <v>17687.000100000005</v>
       </c>
       <c r="E66" s="3">
         <v>100</v>
       </c>
       <c r="F66">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G66" s="3">
-        <v>107.42353079999999</v>
+        <v>118.73127088408845</v>
       </c>
       <c r="H66">
         <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>56.538700421000001</v>
+        <v>56.538700420994502</v>
       </c>
       <c r="J66">
         <v>2</v>
       </c>
       <c r="K66" s="3">
-        <v>11.307740084000001</v>
+        <v>11.307740084198899</v>
       </c>
       <c r="L66">
         <v>20</v>
       </c>
       <c r="M66" s="3">
-        <v>113.077400842</v>
+        <v>113.077400841989</v>
       </c>
       <c r="N66">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O66" s="3">
-        <v>90.461920673999998</v>
+        <v>96.11579071569065</v>
       </c>
       <c r="P66">
         <v>9</v>
       </c>
       <c r="Q66" s="3">
-        <v>50.884830379</v>
+        <v>50.884830378895046</v>
       </c>
       <c r="R66">
         <v>4</v>
       </c>
       <c r="S66" s="3">
-        <v>22.615480168000001</v>
+        <v>22.615480168397799</v>
       </c>
       <c r="T66">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U66" s="3">
-        <v>11.307740084000001</v>
+        <v>5.6538700420994497</v>
       </c>
       <c r="V66" s="4">
         <v>4807.6895000000004</v>
       </c>
       <c r="W66">
         <v>2</v>
       </c>
       <c r="X66" s="3">
-        <v>41.600024294000001</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:24" x14ac:dyDescent="0.25">
+        <v>41.600024294414183</v>
+      </c>
+    </row>
+    <row r="67" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>88</v>
+        <v>152</v>
       </c>
       <c r="B67" t="s">
-        <v>255</v>
+        <v>153</v>
       </c>
       <c r="C67" s="4">
-        <v>15806.9985</v>
+        <v>15806.998500000002</v>
       </c>
       <c r="D67" s="4">
-        <v>15806.9985</v>
+        <v>15806.998500000002</v>
       </c>
       <c r="E67" s="3">
         <v>100</v>
       </c>
       <c r="F67">
         <v>18</v>
       </c>
       <c r="G67" s="3">
-        <v>113.87361111</v>
+        <v>113.87361110966133</v>
       </c>
       <c r="H67">
         <v>6</v>
       </c>
       <c r="I67" s="3">
-        <v>37.957870370000002</v>
+        <v>37.957870369887111</v>
       </c>
       <c r="J67">
         <v>7</v>
       </c>
       <c r="K67" s="3">
-        <v>44.284182098000002</v>
+        <v>44.284182098201626</v>
       </c>
       <c r="L67">
         <v>27</v>
       </c>
       <c r="M67" s="3">
-        <v>170.810416664</v>
+        <v>170.81041666449198</v>
       </c>
       <c r="N67">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O67" s="3">
-        <v>88.568364196000005</v>
+        <v>94.894675924717774</v>
       </c>
       <c r="P67">
         <v>11</v>
       </c>
       <c r="Q67" s="3">
-        <v>69.589429010999993</v>
+        <v>69.589429011459686</v>
       </c>
       <c r="R67">
         <v>2</v>
       </c>
       <c r="S67" s="3">
-        <v>12.652623457000001</v>
+        <v>12.652623456629033</v>
       </c>
       <c r="T67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U67" s="3">
-        <v>18.978935185000001</v>
+        <v>12.652623456629033</v>
       </c>
       <c r="V67" s="4">
-        <v>4161.2254999999996</v>
+        <v>4161.2255000000005</v>
       </c>
       <c r="W67">
         <v>3</v>
       </c>
       <c r="X67" s="3">
-        <v>72.094146304000006</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:24" x14ac:dyDescent="0.25">
+        <v>72.094146303775176</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>89</v>
+        <v>154</v>
       </c>
       <c r="B68" t="s">
-        <v>256</v>
+        <v>155</v>
       </c>
       <c r="C68" s="4">
         <v>16750.9997</v>
       </c>
       <c r="D68" s="4">
         <v>9367.9981000000007</v>
       </c>
       <c r="E68" s="3">
-        <v>55.925009060999997</v>
+        <v>55.925009060802502</v>
       </c>
       <c r="F68">
         <v>12</v>
       </c>
       <c r="G68" s="3">
-        <v>71.637515461000007</v>
+        <v>71.637515461241392</v>
       </c>
       <c r="H68">
         <v>1</v>
       </c>
       <c r="I68" s="3">
-        <v>5.969792955</v>
+        <v>5.9697929551034496</v>
       </c>
       <c r="J68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K68" s="3">
-        <v>23.87917182</v>
+        <v>29.848964775517249</v>
       </c>
       <c r="L68">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M68" s="3">
-        <v>29.848964775999999</v>
+        <v>17.909378865310348</v>
       </c>
       <c r="N68">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="O68" s="3">
-        <v>191.033374563</v>
+        <v>185.06358160820693</v>
       </c>
       <c r="P68">
         <v>4</v>
       </c>
       <c r="Q68" s="3">
-        <v>23.87917182</v>
+        <v>23.879171820413799</v>
       </c>
       <c r="R68">
         <v>3</v>
       </c>
       <c r="S68" s="3">
-        <v>17.909378865000001</v>
+        <v>17.909378865310348</v>
       </c>
       <c r="T68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U68" s="3">
-        <v>0</v>
+        <v>5.9697929551034496</v>
       </c>
       <c r="V68" s="4">
-        <v>3839.4485</v>
+        <v>3839.4485000000004</v>
       </c>
       <c r="W68">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="X68" s="3">
-        <v>26.045407303000001</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:24" x14ac:dyDescent="0.25">
+        <v>78.136221907912031</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="B69" t="s">
-        <v>257</v>
+        <v>157</v>
       </c>
       <c r="C69" s="4">
         <v>9080.0036999999993</v>
       </c>
       <c r="D69" s="4">
         <v>9080.0036999999993</v>
       </c>
       <c r="E69" s="3">
         <v>100</v>
       </c>
       <c r="F69">
         <v>9</v>
       </c>
       <c r="G69" s="3">
-        <v>99.118902340999995</v>
+        <v>99.118902341416444</v>
       </c>
       <c r="H69">
         <v>2</v>
       </c>
       <c r="I69" s="3">
-        <v>22.026422743000001</v>
+        <v>22.02642274253699</v>
       </c>
       <c r="J69">
         <v>2</v>
       </c>
       <c r="K69" s="3">
-        <v>22.026422743000001</v>
+        <v>22.02642274253699</v>
       </c>
       <c r="L69">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M69" s="3">
-        <v>44.052845484999999</v>
+        <v>55.066056856342477</v>
       </c>
       <c r="N69">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="O69" s="3">
-        <v>143.171747826</v>
+        <v>132.15853645522193</v>
       </c>
       <c r="P69">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q69" s="3">
-        <v>66.079268228000004</v>
+        <v>55.066056856342477</v>
       </c>
       <c r="R69">
         <v>1</v>
       </c>
       <c r="S69" s="3">
-        <v>11.013211371000001</v>
+        <v>11.013211371268495</v>
       </c>
       <c r="T69">
         <v>1</v>
       </c>
       <c r="U69" s="3">
-        <v>11.013211371000001</v>
+        <v>11.013211371268495</v>
       </c>
       <c r="V69" s="4">
-        <v>2105.2148999999999</v>
+        <v>2105.2148999999995</v>
       </c>
       <c r="W69">
         <v>1</v>
       </c>
       <c r="X69" s="3">
-        <v>47.501088844000002</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:24" x14ac:dyDescent="0.25">
+        <v>47.501088843709034</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
-        <v>91</v>
+        <v>158</v>
       </c>
       <c r="B70" t="s">
-        <v>258</v>
+        <v>159</v>
       </c>
       <c r="C70" s="4">
-        <v>45166</v>
+        <v>45165.999999999985</v>
       </c>
       <c r="D70" s="4">
-        <v>45166</v>
+        <v>45165.999999999985</v>
       </c>
       <c r="E70" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F70">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G70" s="3">
-        <v>101.84652172</v>
+        <v>97.41841207988314</v>
       </c>
       <c r="H70">
         <v>36</v>
       </c>
       <c r="I70" s="3">
-        <v>79.705973520000001</v>
+        <v>79.705973519904376</v>
       </c>
       <c r="J70">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K70" s="3">
-        <v>35.424877119999998</v>
+        <v>42.067041579949532</v>
       </c>
       <c r="L70">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="M70" s="3">
-        <v>81.920028340000002</v>
+        <v>97.41841207988314</v>
       </c>
       <c r="N70">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="O70" s="3">
-        <v>86.348137980000004</v>
+        <v>88.562192799893751</v>
       </c>
       <c r="P70">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="Q70" s="3">
-        <v>55.351370500000002</v>
+        <v>50.923260859938907</v>
       </c>
       <c r="R70">
         <v>10</v>
       </c>
       <c r="S70" s="3">
-        <v>22.140548200000001</v>
+        <v>22.140548199973438</v>
       </c>
       <c r="T70">
         <v>2</v>
       </c>
       <c r="U70" s="3">
-        <v>4.4281096399999997</v>
+        <v>4.4281096399946875</v>
       </c>
       <c r="V70" s="4">
-        <v>12346.534799999999</v>
+        <v>12346.534799999998</v>
       </c>
       <c r="W70">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="X70" s="3">
-        <v>56.696069895999997</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:24" x14ac:dyDescent="0.25">
+        <v>40.497192783192908</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>92</v>
+        <v>160</v>
       </c>
       <c r="B71" t="s">
-        <v>259</v>
+        <v>161</v>
       </c>
       <c r="C71" s="4">
         <v>22643.000499999998</v>
       </c>
       <c r="D71" s="4">
         <v>22643.000499999998</v>
       </c>
       <c r="E71" s="3">
         <v>100</v>
       </c>
       <c r="F71">
         <v>14</v>
       </c>
       <c r="G71" s="3">
-        <v>61.829261541999998</v>
+        <v>61.82926154155232</v>
       </c>
       <c r="H71">
         <v>12</v>
       </c>
       <c r="I71" s="3">
-        <v>52.996509893000002</v>
+        <v>52.996509892759136</v>
       </c>
       <c r="J71">
         <v>6</v>
       </c>
       <c r="K71" s="3">
-        <v>26.498254945999999</v>
+        <v>26.498254946379568</v>
       </c>
       <c r="L71">
+        <v>14</v>
+      </c>
+      <c r="M71" s="3">
+        <v>61.82926154155232</v>
+      </c>
+      <c r="N71">
         <v>15</v>
       </c>
-      <c r="M71" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="O71" s="3">
-        <v>61.829261541999998</v>
+        <v>66.245637365948923</v>
       </c>
       <c r="P71">
         <v>11</v>
       </c>
       <c r="Q71" s="3">
-        <v>48.580134068</v>
+        <v>48.58013406836254</v>
       </c>
       <c r="R71">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S71" s="3">
-        <v>22.081879122</v>
+        <v>17.66550329758638</v>
       </c>
       <c r="T71">
         <v>0</v>
       </c>
       <c r="U71" s="3">
         <v>0</v>
       </c>
       <c r="V71" s="4">
         <v>6106.1139000000003</v>
       </c>
       <c r="W71">
         <v>2</v>
       </c>
       <c r="X71" s="3">
-        <v>32.754056552999998</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:24" x14ac:dyDescent="0.25">
+        <v>32.754056553055783</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>93</v>
+        <v>162</v>
       </c>
       <c r="B72" t="s">
-        <v>260</v>
+        <v>163</v>
       </c>
       <c r="C72" s="4">
-        <v>7304.0007999999998</v>
+        <v>7304.0008000000007</v>
       </c>
       <c r="D72" s="4">
-        <v>7304.0007999999998</v>
+        <v>7304.0008000000007</v>
       </c>
       <c r="E72" s="3">
         <v>100</v>
       </c>
       <c r="F72">
         <v>7</v>
       </c>
       <c r="G72" s="3">
-        <v>95.837886545999993</v>
+        <v>95.837886545686018</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
       <c r="J72">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K72" s="3">
-        <v>0</v>
+        <v>68.45563324691858</v>
       </c>
       <c r="L72">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M72" s="3">
-        <v>68.455633246999994</v>
+        <v>82.146759896302299</v>
       </c>
       <c r="N72">
         <v>13</v>
       </c>
       <c r="O72" s="3">
-        <v>177.98464644200001</v>
+        <v>177.98464644198833</v>
       </c>
       <c r="P72">
         <v>3</v>
       </c>
       <c r="Q72" s="3">
-        <v>41.073379948000003</v>
+        <v>41.07337994815115</v>
       </c>
       <c r="R72">
         <v>2</v>
       </c>
       <c r="S72" s="3">
-        <v>27.382253298999998</v>
+        <v>27.382253298767434</v>
       </c>
       <c r="T72">
         <v>0</v>
       </c>
       <c r="U72" s="3">
         <v>0</v>
       </c>
       <c r="V72" s="4">
-        <v>1700.6995999999999</v>
+        <v>1700.6996000000001</v>
       </c>
       <c r="W72">
         <v>1</v>
       </c>
       <c r="X72" s="3">
-        <v>58.799331756999997</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:24" x14ac:dyDescent="0.25">
+        <v>58.799331757354437</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>94</v>
+        <v>164</v>
       </c>
       <c r="B73" t="s">
-        <v>261</v>
+        <v>165</v>
       </c>
       <c r="C73" s="4">
-        <v>18982.0016</v>
+        <v>18982.001600000003</v>
       </c>
       <c r="D73" s="4">
-        <v>18982.0016</v>
+        <v>18982.001600000003</v>
       </c>
       <c r="E73" s="3">
         <v>100</v>
       </c>
       <c r="F73">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G73" s="3">
-        <v>94.826669912</v>
+        <v>89.558521583940845</v>
       </c>
       <c r="H73">
         <v>11</v>
       </c>
       <c r="I73" s="3">
-        <v>57.949631613000001</v>
+        <v>57.949631613138187</v>
       </c>
       <c r="J73">
         <v>5</v>
       </c>
       <c r="K73" s="3">
-        <v>26.340741642000001</v>
+        <v>26.340741642335544</v>
       </c>
       <c r="L73">
         <v>13</v>
       </c>
       <c r="M73" s="3">
-        <v>68.485928270000002</v>
+        <v>68.485928270072421</v>
       </c>
       <c r="N73">
         <v>21</v>
       </c>
       <c r="O73" s="3">
-        <v>110.63111489800001</v>
+        <v>110.63111489780928</v>
       </c>
       <c r="P73">
         <v>6</v>
       </c>
       <c r="Q73" s="3">
-        <v>31.608889971</v>
+        <v>31.60888997080265</v>
       </c>
       <c r="R73">
         <v>4</v>
       </c>
       <c r="S73" s="3">
-        <v>21.072593313999999</v>
+        <v>21.072593313868435</v>
       </c>
       <c r="T73">
         <v>1</v>
       </c>
       <c r="U73" s="3">
-        <v>5.2681483279999997</v>
+        <v>5.2681483284671087</v>
       </c>
       <c r="V73" s="4">
         <v>4507.4542000000001</v>
       </c>
       <c r="W73">
         <v>0</v>
       </c>
       <c r="X73" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="B74" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="C74" s="4">
         <v>9083.9995999999992</v>
       </c>
       <c r="D74" s="4">
         <v>9083.9995999999992</v>
       </c>
       <c r="E74" s="3">
         <v>100</v>
       </c>
       <c r="F74">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G74" s="3">
-        <v>110.083668432</v>
+        <v>99.075301588520546</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
       <c r="J74">
         <v>3</v>
       </c>
       <c r="K74" s="3">
-        <v>33.025100530000003</v>
+        <v>33.025100529506851</v>
       </c>
       <c r="L74">
         <v>8</v>
       </c>
       <c r="M74" s="3">
-        <v>88.066934744999998</v>
+        <v>88.066934745351602</v>
       </c>
       <c r="N74">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="O74" s="3">
-        <v>66.050201059000003</v>
+        <v>77.058567902182659</v>
       </c>
       <c r="P74">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="Q74" s="3">
-        <v>66.050201059000003</v>
+        <v>77.058567902182659</v>
       </c>
       <c r="R74">
         <v>2</v>
       </c>
       <c r="S74" s="3">
-        <v>22.016733685999998</v>
+        <v>22.016733686337901</v>
       </c>
       <c r="T74">
         <v>0</v>
       </c>
       <c r="U74" s="3">
         <v>0</v>
       </c>
       <c r="V74" s="4">
         <v>2432.0821999999998</v>
       </c>
       <c r="W74">
         <v>0</v>
       </c>
       <c r="X74" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>96</v>
+        <v>168</v>
       </c>
       <c r="B75" t="s">
-        <v>263</v>
+        <v>169</v>
       </c>
       <c r="C75" s="4">
-        <v>32559.999800000001</v>
+        <v>32559.999799999994</v>
       </c>
       <c r="D75" s="4">
-        <v>32559.999800000001</v>
+        <v>32559.999799999994</v>
       </c>
       <c r="E75" s="3">
         <v>100</v>
       </c>
       <c r="F75">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G75" s="3">
-        <v>89.066339612999997</v>
+        <v>98.280098883784405</v>
       </c>
       <c r="H75">
         <v>1</v>
       </c>
       <c r="I75" s="3">
-        <v>3.0712530899999999</v>
+        <v>3.0712530901182626</v>
       </c>
       <c r="J75">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="K75" s="3">
-        <v>46.068796352</v>
+        <v>55.282555622128733</v>
       </c>
       <c r="L75">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M75" s="3">
-        <v>104.422605064</v>
+        <v>110.56511124425747</v>
       </c>
       <c r="N75">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O75" s="3">
-        <v>104.422605064</v>
+        <v>101.35135197390267</v>
       </c>
       <c r="P75">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Q75" s="3">
-        <v>73.710074163000002</v>
+        <v>76.781327252956558</v>
       </c>
       <c r="R75">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="S75" s="3">
-        <v>24.570024720999999</v>
+        <v>21.498771630827839</v>
       </c>
       <c r="T75">
         <v>0</v>
       </c>
       <c r="U75" s="3">
         <v>0</v>
       </c>
       <c r="V75" s="4">
-        <v>8553.6722000000009</v>
+        <v>8553.6721999999991</v>
       </c>
       <c r="W75">
         <v>4</v>
       </c>
       <c r="X75" s="3">
-        <v>46.763540927000001</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:24" x14ac:dyDescent="0.25">
+        <v>46.763540926901555</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="B76" t="s">
-        <v>264</v>
+        <v>171</v>
       </c>
       <c r="C76" s="4">
-        <v>17811.998200000002</v>
+        <v>17811.998199999998</v>
       </c>
       <c r="D76" s="4">
-        <v>17811.998200000002</v>
+        <v>17811.998199999998</v>
       </c>
       <c r="E76" s="3">
         <v>100</v>
       </c>
       <c r="F76">
         <v>17</v>
       </c>
       <c r="G76" s="3">
-        <v>95.441285188999998</v>
+        <v>95.441285189440464</v>
       </c>
       <c r="H76">
         <v>3</v>
       </c>
       <c r="I76" s="3">
-        <v>16.842579739000001</v>
+        <v>16.84257973931302</v>
       </c>
       <c r="J76">
         <v>3</v>
       </c>
       <c r="K76" s="3">
-        <v>16.842579739000001</v>
+        <v>16.84257973931302</v>
       </c>
       <c r="L76">
         <v>22</v>
       </c>
       <c r="M76" s="3">
-        <v>123.51225142200001</v>
+        <v>123.51225142162885</v>
       </c>
       <c r="N76">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="O76" s="3">
-        <v>101.055478436</v>
+        <v>106.66967168231581</v>
       </c>
       <c r="P76">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="Q76" s="3">
-        <v>44.913545972000001</v>
+        <v>50.527739217939072</v>
       </c>
       <c r="R76">
         <v>3</v>
       </c>
       <c r="S76" s="3">
-        <v>16.842579739000001</v>
+        <v>16.84257973931302</v>
       </c>
       <c r="T76">
         <v>1</v>
       </c>
       <c r="U76" s="3">
-        <v>5.6141932460000001</v>
+        <v>5.614193246437674</v>
       </c>
       <c r="V76" s="4">
         <v>4855.1514999999999</v>
       </c>
       <c r="W76">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="X76" s="3">
-        <v>20.596679630000001</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:24" x14ac:dyDescent="0.25">
+        <v>41.193359259747098</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>98</v>
+        <v>172</v>
       </c>
       <c r="B77" t="s">
-        <v>265</v>
+        <v>173</v>
       </c>
       <c r="C77" s="4">
         <v>10392.9979</v>
       </c>
       <c r="D77" s="4">
         <v>10392.9979</v>
       </c>
       <c r="E77" s="3">
         <v>100</v>
       </c>
       <c r="F77">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G77" s="3">
-        <v>86.596765309000006</v>
+        <v>67.353039684536057</v>
       </c>
       <c r="H77">
+        <v>5</v>
+      </c>
+      <c r="I77" s="3">
+        <v>48.1093140603829</v>
+      </c>
+      <c r="J77">
         <v>4</v>
       </c>
-      <c r="I77" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="K77" s="3">
-        <v>19.243725624</v>
+        <v>38.487451248306321</v>
       </c>
       <c r="L77">
         <v>11</v>
       </c>
       <c r="M77" s="3">
-        <v>105.840490933</v>
+        <v>105.8404909328424</v>
       </c>
       <c r="N77">
         <v>13</v>
       </c>
       <c r="O77" s="3">
-        <v>125.084216557</v>
+        <v>125.08421655699556</v>
       </c>
       <c r="P77">
         <v>7</v>
       </c>
       <c r="Q77" s="3">
-        <v>67.353039684999999</v>
+        <v>67.353039684536057</v>
       </c>
       <c r="R77">
         <v>3</v>
       </c>
       <c r="S77" s="3">
-        <v>28.865588435999999</v>
+        <v>28.865588436229743</v>
       </c>
       <c r="T77">
         <v>0</v>
       </c>
       <c r="U77" s="3">
         <v>0</v>
       </c>
       <c r="V77" s="4">
-        <v>2750.5803000000001</v>
+        <v>2750.5803000000005</v>
       </c>
       <c r="W77">
         <v>1</v>
       </c>
       <c r="X77" s="3">
-        <v>36.355964594</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:24" x14ac:dyDescent="0.25">
+        <v>36.355964594089464</v>
+      </c>
+    </row>
+    <row r="78" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>99</v>
+        <v>174</v>
       </c>
       <c r="B78" t="s">
-        <v>266</v>
+        <v>175</v>
       </c>
       <c r="C78" s="4">
         <v>11370.9998</v>
       </c>
       <c r="D78" s="4">
         <v>11370.9998</v>
       </c>
       <c r="E78" s="3">
         <v>100</v>
       </c>
       <c r="F78">
         <v>9</v>
       </c>
       <c r="G78" s="3">
-        <v>79.148713026999999</v>
+        <v>79.148713026975869</v>
       </c>
       <c r="H78">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I78" s="3">
-        <v>17.588602895000001</v>
+        <v>8.7943014474417627</v>
       </c>
       <c r="J78">
         <v>3</v>
       </c>
       <c r="K78" s="3">
-        <v>26.382904342</v>
+        <v>26.382904342325286</v>
       </c>
       <c r="L78">
         <v>4</v>
       </c>
       <c r="M78" s="3">
-        <v>35.177205790000002</v>
+        <v>35.177205789767051</v>
       </c>
       <c r="N78">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="O78" s="3">
-        <v>105.531617369</v>
+        <v>114.32591881674293</v>
       </c>
       <c r="P78">
         <v>7</v>
       </c>
       <c r="Q78" s="3">
-        <v>61.560110131999998</v>
+        <v>61.560110132092348</v>
       </c>
       <c r="R78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S78" s="3">
-        <v>8.7943014470000005</v>
+        <v>17.588602894883525</v>
       </c>
       <c r="T78">
         <v>0</v>
       </c>
       <c r="U78" s="3">
         <v>0</v>
       </c>
       <c r="V78" s="4">
         <v>3703.3229000000001</v>
       </c>
       <c r="W78">
         <v>2</v>
       </c>
       <c r="X78" s="3">
-        <v>54.005552688999998</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:24" x14ac:dyDescent="0.25">
+        <v>54.005552688910811</v>
+      </c>
+    </row>
+    <row r="79" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="B79" t="s">
-        <v>267</v>
+        <v>177</v>
       </c>
       <c r="C79" s="4">
         <v>8174.9966999999997</v>
       </c>
       <c r="D79" s="4">
         <v>5518.9997000000003</v>
       </c>
       <c r="E79" s="3">
-        <v>67.510726946000005</v>
+        <v>67.510726946226171</v>
       </c>
       <c r="F79">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G79" s="3">
-        <v>85.626945879999994</v>
+        <v>73.394525039991763</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
       <c r="J79">
+        <v>5</v>
+      </c>
+      <c r="K79" s="3">
+        <v>61.162104199993131</v>
+      </c>
+      <c r="L79">
         <v>4</v>
       </c>
-      <c r="K79" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="M79" s="3">
-        <v>36.697262520000002</v>
+        <v>48.929683359994513</v>
       </c>
       <c r="N79">
         <v>18</v>
       </c>
       <c r="O79" s="3">
-        <v>220.18357512</v>
+        <v>220.18357511997527</v>
       </c>
       <c r="P79">
         <v>2</v>
       </c>
       <c r="Q79" s="3">
-        <v>24.464841679999999</v>
+        <v>24.464841679997257</v>
       </c>
       <c r="R79">
         <v>2</v>
       </c>
       <c r="S79" s="3">
-        <v>24.464841679999999</v>
+        <v>24.464841679997257</v>
       </c>
       <c r="T79">
         <v>0</v>
       </c>
       <c r="U79" s="3">
         <v>0</v>
       </c>
       <c r="V79" s="4">
         <v>1747.9148</v>
       </c>
       <c r="W79">
         <v>1</v>
       </c>
       <c r="X79" s="3">
-        <v>57.211026533000002</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:24" x14ac:dyDescent="0.25">
+        <v>57.211026532872204</v>
+      </c>
+    </row>
+    <row r="80" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>101</v>
+        <v>178</v>
       </c>
       <c r="B80" t="s">
-        <v>268</v>
+        <v>179</v>
       </c>
       <c r="C80" s="4">
-        <v>17651.999199999998</v>
+        <v>17651.999200000006</v>
       </c>
       <c r="D80" s="4">
-        <v>17651.999199999998</v>
+        <v>17651.999200000006</v>
       </c>
       <c r="E80" s="3">
         <v>100</v>
       </c>
       <c r="F80">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G80" s="3">
-        <v>135.96193682099999</v>
+        <v>130.29685612041038</v>
       </c>
       <c r="H80">
         <v>21</v>
       </c>
       <c r="I80" s="3">
-        <v>118.966694719</v>
+        <v>118.96669471863557</v>
       </c>
       <c r="J80">
         <v>17</v>
       </c>
       <c r="K80" s="3">
-        <v>96.306371915</v>
+        <v>96.306371915085947</v>
       </c>
       <c r="L80">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M80" s="3">
-        <v>237.93338943699999</v>
+        <v>243.59847013815855</v>
       </c>
       <c r="N80">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="O80" s="3">
-        <v>101.97145261599999</v>
+        <v>118.96669471863557</v>
       </c>
       <c r="P80">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="Q80" s="3">
-        <v>45.320645607000003</v>
+        <v>39.655564906211858</v>
       </c>
       <c r="R80">
         <v>7</v>
       </c>
       <c r="S80" s="3">
-        <v>39.655564906000002</v>
+        <v>39.655564906211858</v>
       </c>
       <c r="T80">
         <v>5</v>
       </c>
       <c r="U80" s="3">
-        <v>28.325403504000001</v>
+        <v>28.325403504437038</v>
       </c>
       <c r="V80" s="4">
         <v>4474.3119999999999</v>
       </c>
       <c r="W80">
         <v>3</v>
       </c>
       <c r="X80" s="3">
-        <v>67.049414525000003</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:24" x14ac:dyDescent="0.25">
+        <v>67.049414524512372</v>
+      </c>
+    </row>
+    <row r="81" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
-        <v>102</v>
+        <v>180</v>
       </c>
       <c r="B81" t="s">
-        <v>269</v>
+        <v>181</v>
       </c>
       <c r="C81" s="4">
-        <v>35606.002899999999</v>
+        <v>35606.002899999992</v>
       </c>
       <c r="D81" s="4">
-        <v>35606.002899999999</v>
+        <v>35606.002899999992</v>
       </c>
       <c r="E81" s="3">
         <v>100</v>
       </c>
       <c r="F81">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G81" s="3">
-        <v>137.61724430999999</v>
+        <v>140.42575950023308</v>
       </c>
       <c r="H81">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="I81" s="3">
-        <v>556.08600762100002</v>
+        <v>542.04343167089962</v>
       </c>
       <c r="J81">
         <v>32</v>
       </c>
       <c r="K81" s="3">
-        <v>89.872486080000002</v>
+        <v>89.872486080149173</v>
       </c>
       <c r="L81">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M81" s="3">
-        <v>190.97903292000001</v>
+        <v>196.59606330032628</v>
       </c>
       <c r="N81">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="O81" s="3">
-        <v>140.4257595</v>
+        <v>132.0002139302191</v>
       </c>
       <c r="P81">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Q81" s="3">
-        <v>53.361788609999998</v>
+        <v>56.170303800093222</v>
       </c>
       <c r="R81">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="S81" s="3">
-        <v>30.893667090000001</v>
+        <v>33.702182280055936</v>
       </c>
       <c r="T81">
         <v>4</v>
       </c>
       <c r="U81" s="3">
-        <v>11.23406076</v>
+        <v>11.234060760018647</v>
       </c>
       <c r="V81" s="4">
         <v>9309.4631000000008</v>
       </c>
       <c r="W81">
         <v>10</v>
       </c>
       <c r="X81" s="3">
-        <v>107.41758029</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:24" x14ac:dyDescent="0.25">
+        <v>107.41758028988804</v>
+      </c>
+    </row>
+    <row r="82" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>103</v>
+        <v>182</v>
       </c>
       <c r="B82" t="s">
-        <v>270</v>
+        <v>183</v>
       </c>
       <c r="C82" s="4">
         <v>11002.9998</v>
       </c>
       <c r="D82" s="4">
         <v>11002.9998</v>
       </c>
       <c r="E82" s="3">
         <v>100</v>
       </c>
       <c r="F82">
         <v>8</v>
       </c>
       <c r="G82" s="3">
-        <v>72.707444745999993</v>
+        <v>72.707444746113694</v>
       </c>
       <c r="H82">
         <v>6</v>
       </c>
       <c r="I82" s="3">
-        <v>54.530583559999997</v>
+        <v>54.530583559585267</v>
       </c>
       <c r="J82">
         <v>4</v>
       </c>
       <c r="K82" s="3">
-        <v>36.353722372999997</v>
+        <v>36.353722373056847</v>
       </c>
       <c r="L82">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="M82" s="3">
-        <v>72.707444745999993</v>
+        <v>81.795875339377901</v>
       </c>
       <c r="N82">
         <v>7</v>
       </c>
       <c r="O82" s="3">
-        <v>63.619014153000002</v>
+        <v>63.619014152849481</v>
       </c>
       <c r="P82">
         <v>2</v>
       </c>
       <c r="Q82" s="3">
-        <v>18.176861187</v>
+        <v>18.176861186528424</v>
       </c>
       <c r="R82">
         <v>2</v>
       </c>
       <c r="S82" s="3">
-        <v>18.176861187</v>
+        <v>18.176861186528424</v>
       </c>
       <c r="T82">
         <v>1</v>
       </c>
       <c r="U82" s="3">
-        <v>9.088430593</v>
+        <v>9.0884305932642118</v>
       </c>
       <c r="V82" s="4">
         <v>2704.7114000000001</v>
       </c>
       <c r="W82">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X82" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:24" x14ac:dyDescent="0.25">
+        <v>36.972521356622373</v>
+      </c>
+    </row>
+    <row r="83" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="B83" t="s">
-        <v>271</v>
+        <v>185</v>
       </c>
       <c r="C83" s="4">
         <v>24492.999599999999</v>
       </c>
       <c r="D83" s="4">
         <v>24492.999599999999</v>
       </c>
       <c r="E83" s="3">
         <v>100</v>
       </c>
       <c r="F83">
         <v>10</v>
       </c>
       <c r="G83" s="3">
-        <v>40.827992338000001</v>
+        <v>40.827992337859676</v>
       </c>
       <c r="H83">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I83" s="3">
-        <v>40.827992338000001</v>
+        <v>44.910791571645639</v>
       </c>
       <c r="J83">
         <v>4</v>
       </c>
       <c r="K83" s="3">
-        <v>16.331196935000001</v>
+        <v>16.331196935143868</v>
       </c>
       <c r="L83">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M83" s="3">
-        <v>89.821583142999998</v>
+        <v>97.987181610863203</v>
       </c>
       <c r="N83">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="O83" s="3">
-        <v>53.076390039000003</v>
+        <v>48.993590805431602</v>
       </c>
       <c r="P83">
         <v>15</v>
       </c>
       <c r="Q83" s="3">
-        <v>61.241988507000002</v>
+        <v>61.241988506789504</v>
       </c>
       <c r="R83">
         <v>3</v>
       </c>
       <c r="S83" s="3">
-        <v>12.248397701</v>
+        <v>12.2483977013579</v>
       </c>
       <c r="T83">
         <v>1</v>
       </c>
       <c r="U83" s="3">
-        <v>4.0827992340000003</v>
+        <v>4.0827992337859671</v>
       </c>
       <c r="V83" s="4">
-        <v>6493.2506000000003</v>
+        <v>6493.2505999999994</v>
       </c>
       <c r="W83">
         <v>3</v>
       </c>
       <c r="X83" s="3">
-        <v>46.201820703000003</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:24" x14ac:dyDescent="0.25">
+        <v>46.20182070286954</v>
+      </c>
+    </row>
+    <row r="84" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>105</v>
+        <v>186</v>
       </c>
       <c r="B84" t="s">
-        <v>272</v>
+        <v>187</v>
       </c>
       <c r="C84" s="4">
-        <v>146026.9994</v>
+        <v>146026.99940000003</v>
       </c>
       <c r="D84" s="4">
-        <v>146026.9994</v>
+        <v>146026.99940000003</v>
       </c>
       <c r="E84" s="3">
         <v>100</v>
       </c>
       <c r="F84">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G84" s="3">
-        <v>98.611900943999999</v>
+        <v>102.03592528245839</v>
       </c>
       <c r="H84">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="I84" s="3">
-        <v>184.21250940300001</v>
+        <v>182.84289966722412</v>
       </c>
       <c r="J84">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K84" s="3">
-        <v>65.741267296000004</v>
+        <v>66.426072163748088</v>
       </c>
       <c r="L84">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M84" s="3">
-        <v>139.015388137</v>
+        <v>140.38499787183875</v>
       </c>
       <c r="N84">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O84" s="3">
-        <v>84.230998722999999</v>
+        <v>86.285413326105754</v>
       </c>
       <c r="P84">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="Q84" s="3">
-        <v>78.067754914000005</v>
+        <v>78.752559781763196</v>
       </c>
       <c r="R84">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="S84" s="3">
-        <v>23.968170367999999</v>
+        <v>22.598560633027699</v>
       </c>
       <c r="T84">
         <v>9</v>
       </c>
       <c r="U84" s="3">
-        <v>6.1632438089999999</v>
+        <v>6.1632438090075539</v>
       </c>
       <c r="V84" s="4">
         <v>46162.740899999997</v>
       </c>
       <c r="W84">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="X84" s="3">
-        <v>54.156229705000001</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:24" x14ac:dyDescent="0.25">
+        <v>56.322478893362252</v>
+      </c>
+    </row>
+    <row r="85" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>106</v>
+        <v>188</v>
       </c>
       <c r="B85" t="s">
-        <v>273</v>
+        <v>189</v>
       </c>
       <c r="C85" s="4">
-        <v>61597.9997</v>
+        <v>61597.999700000015</v>
       </c>
       <c r="D85" s="4">
-        <v>61597.9997</v>
+        <v>61597.999700000015</v>
       </c>
       <c r="E85" s="3">
         <v>100</v>
       </c>
       <c r="F85">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G85" s="3">
-        <v>82.794896340999998</v>
+        <v>84.418325681442511</v>
       </c>
       <c r="H85">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I85" s="3">
-        <v>102.276048422</v>
+        <v>103.89947776177542</v>
       </c>
       <c r="J85">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K85" s="3">
-        <v>58.443456241</v>
+        <v>60.066885581026405</v>
       </c>
       <c r="L85">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M85" s="3">
-        <v>112.016624462</v>
+        <v>116.88691248199734</v>
       </c>
       <c r="N85">
         <v>69</v>
       </c>
       <c r="O85" s="3">
-        <v>112.016624462</v>
+        <v>112.01662446191411</v>
       </c>
       <c r="P85">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="Q85" s="3">
-        <v>29.221728120000002</v>
+        <v>27.598298780471591</v>
       </c>
       <c r="R85">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="S85" s="3">
-        <v>27.59829878</v>
+        <v>25.974869440443854</v>
       </c>
       <c r="T85">
         <v>4</v>
       </c>
       <c r="U85" s="3">
-        <v>6.4937173599999998</v>
+        <v>6.4937173601109635</v>
       </c>
       <c r="V85" s="4">
-        <v>16623.812900000001</v>
+        <v>16623.812900000004</v>
       </c>
       <c r="W85">
         <v>6</v>
       </c>
       <c r="X85" s="3">
-        <v>36.092802753000001</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:24" x14ac:dyDescent="0.25">
+        <v>36.092802752850993</v>
+      </c>
+    </row>
+    <row r="86" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>107</v>
+        <v>190</v>
       </c>
       <c r="B86" t="s">
-        <v>274</v>
+        <v>191</v>
       </c>
       <c r="C86" s="4">
         <v>9464.9976000000006</v>
       </c>
       <c r="D86" s="4">
         <v>9464.9976000000006</v>
       </c>
       <c r="E86" s="3">
         <v>100</v>
       </c>
       <c r="F86">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G86" s="3">
-        <v>73.956701267</v>
+        <v>84.52194430561714</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
       <c r="J86">
         <v>7</v>
       </c>
       <c r="K86" s="3">
-        <v>73.956701267</v>
+        <v>73.956701267414999</v>
       </c>
       <c r="L86">
         <v>11</v>
       </c>
       <c r="M86" s="3">
-        <v>116.21767342</v>
+        <v>116.21767342022356</v>
       </c>
       <c r="N86">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="O86" s="3">
-        <v>95.087187344</v>
+        <v>116.21767342022356</v>
       </c>
       <c r="P86">
         <v>1</v>
       </c>
       <c r="Q86" s="3">
-        <v>10.565243038</v>
+        <v>10.565243038202143</v>
       </c>
       <c r="R86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S86" s="3">
-        <v>21.130486076</v>
+        <v>31.695729114606426</v>
       </c>
       <c r="T86">
         <v>0</v>
       </c>
       <c r="U86" s="3">
         <v>0</v>
       </c>
       <c r="V86" s="4">
-        <v>2341.4212000000002</v>
+        <v>2341.4211999999998</v>
       </c>
       <c r="W86">
         <v>0</v>
       </c>
       <c r="X86" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>108</v>
+        <v>192</v>
       </c>
       <c r="B87" t="s">
-        <v>275</v>
+        <v>193</v>
       </c>
       <c r="C87" s="4">
         <v>13924.0016</v>
       </c>
       <c r="D87" s="4">
         <v>13924.0016</v>
       </c>
       <c r="E87" s="3">
         <v>100</v>
       </c>
       <c r="F87">
         <v>14</v>
       </c>
       <c r="G87" s="3">
-        <v>100.54580861300001</v>
+        <v>100.54580861294932</v>
       </c>
       <c r="H87">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I87" s="3">
-        <v>574.54747778800004</v>
+        <v>588.91116473298882</v>
       </c>
       <c r="J87">
         <v>3</v>
       </c>
       <c r="K87" s="3">
-        <v>21.545530416999998</v>
+        <v>21.545530417060569</v>
       </c>
       <c r="L87">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M87" s="3">
-        <v>201.09161722600001</v>
+        <v>193.9097737535451</v>
       </c>
       <c r="N87">
         <v>20</v>
       </c>
       <c r="O87" s="3">
-        <v>143.63686944700001</v>
+        <v>143.63686944707044</v>
       </c>
       <c r="P87">
         <v>2</v>
       </c>
       <c r="Q87" s="3">
-        <v>14.363686945</v>
+        <v>14.363686944707046</v>
       </c>
       <c r="R87">
         <v>2</v>
       </c>
       <c r="S87" s="3">
-        <v>14.363686945</v>
+        <v>14.363686944707046</v>
       </c>
       <c r="T87">
         <v>2</v>
       </c>
       <c r="U87" s="3">
-        <v>14.363686945</v>
+        <v>14.363686944707046</v>
       </c>
       <c r="V87" s="4">
         <v>3589.9591999999998</v>
       </c>
       <c r="W87">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X87" s="3">
-        <v>111.421879112</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:24" x14ac:dyDescent="0.25">
+        <v>83.56640933412281</v>
+      </c>
+    </row>
+    <row r="88" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
-        <v>109</v>
+        <v>194</v>
       </c>
       <c r="B88" t="s">
-        <v>276</v>
+        <v>195</v>
       </c>
       <c r="C88" s="4">
-        <v>19064.001100000001</v>
+        <v>19064.001099999998</v>
       </c>
       <c r="D88" s="4">
-        <v>19064.001100000001</v>
+        <v>19064.001099999998</v>
       </c>
       <c r="E88" s="3">
         <v>100</v>
       </c>
       <c r="F88">
         <v>13</v>
       </c>
       <c r="G88" s="3">
-        <v>68.191351499999996</v>
+        <v>68.191351499659746</v>
       </c>
       <c r="H88">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I88" s="3">
-        <v>47.209397191999997</v>
+        <v>52.454885768969042</v>
       </c>
       <c r="J88">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K88" s="3">
-        <v>36.718420037999998</v>
+        <v>31.472931461381425</v>
       </c>
       <c r="L88">
         <v>18</v>
       </c>
       <c r="M88" s="3">
-        <v>94.418794383999995</v>
+        <v>94.418794384144263</v>
       </c>
       <c r="N88">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="O88" s="3">
-        <v>146.87368015300001</v>
+        <v>141.62819157621641</v>
       </c>
       <c r="P88">
         <v>8</v>
       </c>
       <c r="Q88" s="3">
-        <v>41.963908615000001</v>
+        <v>41.963908615175228</v>
       </c>
       <c r="R88">
         <v>3</v>
       </c>
       <c r="S88" s="3">
-        <v>15.736465730999999</v>
+        <v>15.736465730690712</v>
       </c>
       <c r="T88">
         <v>1</v>
       </c>
       <c r="U88" s="3">
-        <v>5.2454885769999997</v>
+        <v>5.2454885768969035</v>
       </c>
       <c r="V88" s="4">
-        <v>4755.7608</v>
+        <v>4755.7607999999991</v>
       </c>
       <c r="W88">
         <v>4</v>
       </c>
       <c r="X88" s="3">
-        <v>84.108519502999997</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:24" x14ac:dyDescent="0.25">
+        <v>84.108519503335842</v>
+      </c>
+    </row>
+    <row r="89" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
-        <v>110</v>
+        <v>196</v>
       </c>
       <c r="B89" t="s">
-        <v>277</v>
+        <v>197</v>
       </c>
       <c r="C89" s="4">
-        <v>14940.999599999999</v>
+        <v>14940.999600000003</v>
       </c>
       <c r="D89" s="4">
-        <v>14940.999599999999</v>
+        <v>14940.999600000003</v>
       </c>
       <c r="E89" s="3">
         <v>100</v>
       </c>
       <c r="F89">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G89" s="3">
-        <v>73.622918776999995</v>
+        <v>93.701896625443965</v>
       </c>
       <c r="H89">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="I89" s="3">
-        <v>6.6929926159999997</v>
+        <v>307.87766034074446</v>
       </c>
       <c r="J89">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K89" s="3">
-        <v>13.385985231999999</v>
+        <v>26.771970464412561</v>
       </c>
       <c r="L89">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="M89" s="3">
-        <v>80.315911392999993</v>
+        <v>93.701896625443965</v>
       </c>
       <c r="N89">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O89" s="3">
-        <v>133.85985232199999</v>
+        <v>140.55284493816595</v>
       </c>
       <c r="P89">
         <v>3</v>
       </c>
       <c r="Q89" s="3">
-        <v>20.078977848000001</v>
+        <v>20.078977848309421</v>
       </c>
       <c r="R89">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S89" s="3">
-        <v>20.078977848000001</v>
+        <v>26.771970464412561</v>
       </c>
       <c r="T89">
         <v>0</v>
       </c>
       <c r="U89" s="3">
         <v>0</v>
       </c>
       <c r="V89" s="4">
-        <v>3594.8287999999998</v>
+        <v>3594.8288000000002</v>
       </c>
       <c r="W89">
         <v>1</v>
       </c>
       <c r="X89" s="3">
-        <v>27.817736410999998</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:24" x14ac:dyDescent="0.25">
+        <v>27.817736410701951</v>
+      </c>
+    </row>
+    <row r="90" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
-        <v>111</v>
+        <v>198</v>
       </c>
       <c r="B90" t="s">
-        <v>278</v>
+        <v>199</v>
       </c>
       <c r="C90" s="4">
-        <v>13753.0023</v>
+        <v>13753.002299999998</v>
       </c>
       <c r="D90" s="4">
-        <v>13753.0023</v>
+        <v>13753.002299999998</v>
       </c>
       <c r="E90" s="3">
         <v>100</v>
       </c>
       <c r="F90">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G90" s="3">
-        <v>65.440256633999994</v>
+        <v>50.897977382000441</v>
       </c>
       <c r="H90">
         <v>2</v>
       </c>
       <c r="I90" s="3">
-        <v>14.542279252</v>
+        <v>14.542279252000126</v>
       </c>
       <c r="J90">
         <v>2</v>
       </c>
       <c r="K90" s="3">
-        <v>14.542279252</v>
+        <v>14.542279252000126</v>
       </c>
       <c r="L90">
         <v>8</v>
       </c>
       <c r="M90" s="3">
-        <v>58.169117008000001</v>
+        <v>58.169117008000505</v>
       </c>
       <c r="N90">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="O90" s="3">
-        <v>101.795954764</v>
+        <v>116.33823401600101</v>
       </c>
       <c r="P90">
         <v>2</v>
       </c>
       <c r="Q90" s="3">
-        <v>14.542279252</v>
+        <v>14.542279252000126</v>
       </c>
       <c r="R90">
         <v>2</v>
       </c>
       <c r="S90" s="3">
-        <v>14.542279252</v>
+        <v>14.542279252000126</v>
       </c>
       <c r="T90">
         <v>0</v>
       </c>
       <c r="U90" s="3">
         <v>0</v>
       </c>
       <c r="V90" s="4">
-        <v>3484.0264000000002</v>
+        <v>3484.0263999999997</v>
       </c>
       <c r="W90">
         <v>2</v>
       </c>
       <c r="X90" s="3">
-        <v>57.404846300999999</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:24" x14ac:dyDescent="0.25">
+        <v>57.404846300820225</v>
+      </c>
+    </row>
+    <row r="91" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
-        <v>112</v>
+        <v>200</v>
       </c>
       <c r="B91" t="s">
-        <v>279</v>
+        <v>201</v>
       </c>
       <c r="C91" s="4">
         <v>5881.0038999999997</v>
       </c>
       <c r="D91" s="4">
         <v>5417.0015999999996</v>
       </c>
       <c r="E91" s="3">
-        <v>92.110151466000005</v>
+        <v>92.110151465806709</v>
       </c>
       <c r="F91">
         <v>2</v>
       </c>
       <c r="G91" s="3">
-        <v>34.007799247000001</v>
+        <v>34.007799246655829</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
       <c r="J91">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K91" s="3">
-        <v>51.011698869999996</v>
+        <v>85.019498116639582</v>
       </c>
       <c r="L91">
         <v>2</v>
       </c>
       <c r="M91" s="3">
-        <v>34.007799247000001</v>
+        <v>34.007799246655829</v>
       </c>
       <c r="N91">
         <v>7</v>
       </c>
       <c r="O91" s="3">
-        <v>119.027297363</v>
+        <v>119.0272973632954</v>
       </c>
       <c r="P91">
         <v>0</v>
       </c>
       <c r="Q91" s="3">
         <v>0</v>
       </c>
       <c r="R91">
         <v>1</v>
       </c>
       <c r="S91" s="3">
-        <v>17.003899622999999</v>
+        <v>17.003899623327914</v>
       </c>
       <c r="T91">
         <v>0</v>
       </c>
       <c r="U91" s="3">
         <v>0</v>
       </c>
       <c r="V91" s="4">
         <v>1331.5862999999999</v>
       </c>
       <c r="W91">
         <v>0</v>
       </c>
       <c r="X91" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
-        <v>113</v>
+        <v>202</v>
       </c>
       <c r="B92" t="s">
-        <v>280</v>
+        <v>203</v>
       </c>
       <c r="C92" s="4">
-        <v>10514.007299999999</v>
+        <v>10514.007300000001</v>
       </c>
       <c r="D92" s="4">
-        <v>10514.007299999999</v>
+        <v>10514.007300000001</v>
       </c>
       <c r="E92" s="3">
-        <v>100</v>
+        <v>100.00000000000001</v>
       </c>
       <c r="F92">
         <v>6</v>
       </c>
       <c r="G92" s="3">
-        <v>57.066728497</v>
+        <v>57.066728496564764</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
       <c r="J92">
         <v>4</v>
       </c>
       <c r="K92" s="3">
-        <v>38.044485664</v>
+        <v>38.044485664376509</v>
       </c>
       <c r="L92">
         <v>6</v>
       </c>
       <c r="M92" s="3">
-        <v>57.066728497</v>
+        <v>57.066728496564764</v>
       </c>
       <c r="N92">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="O92" s="3">
-        <v>123.644578409</v>
+        <v>104.62233557703539</v>
       </c>
       <c r="P92">
         <v>4</v>
       </c>
       <c r="Q92" s="3">
-        <v>38.044485664</v>
+        <v>38.044485664376509</v>
       </c>
       <c r="R92">
         <v>3</v>
       </c>
       <c r="S92" s="3">
-        <v>28.533364248000002</v>
+        <v>28.533364248282382</v>
       </c>
       <c r="T92">
         <v>1</v>
       </c>
       <c r="U92" s="3">
-        <v>9.5111214159999999</v>
+        <v>9.5111214160941273</v>
       </c>
       <c r="V92" s="4">
-        <v>2408.0711999999999</v>
+        <v>2408.0712000000008</v>
       </c>
       <c r="W92">
         <v>3</v>
       </c>
       <c r="X92" s="3">
-        <v>124.581033983</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:24" x14ac:dyDescent="0.25">
+        <v>124.58103398271609</v>
+      </c>
+    </row>
+    <row r="93" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
-        <v>114</v>
+        <v>204</v>
       </c>
       <c r="B93" t="s">
-        <v>281</v>
+        <v>205</v>
       </c>
       <c r="C93" s="4">
         <v>16490.9997</v>
       </c>
       <c r="D93" s="4">
         <v>16490.9997</v>
       </c>
       <c r="E93" s="3">
         <v>100</v>
       </c>
       <c r="F93">
         <v>19</v>
       </c>
       <c r="G93" s="3">
-        <v>115.214361443</v>
+        <v>115.21436144347271</v>
       </c>
       <c r="H93">
         <v>9</v>
       </c>
       <c r="I93" s="3">
-        <v>54.575223842</v>
+        <v>54.57522384164497</v>
       </c>
       <c r="J93">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K93" s="3">
-        <v>60.639137601999998</v>
+        <v>66.703051362010513</v>
       </c>
       <c r="L93">
         <v>15</v>
       </c>
       <c r="M93" s="3">
-        <v>90.958706402999994</v>
+        <v>90.958706402741612</v>
       </c>
       <c r="N93">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="O93" s="3">
-        <v>121.278275204</v>
+        <v>115.21436144347271</v>
       </c>
       <c r="P93">
         <v>6</v>
       </c>
       <c r="Q93" s="3">
-        <v>36.383482561000001</v>
+        <v>36.383482561096642</v>
       </c>
       <c r="R93">
         <v>3</v>
       </c>
       <c r="S93" s="3">
-        <v>18.191741280999999</v>
+        <v>18.191741280548321</v>
       </c>
       <c r="T93">
         <v>0</v>
       </c>
       <c r="U93" s="3">
         <v>0</v>
       </c>
       <c r="V93" s="4">
-        <v>3890.8145</v>
+        <v>3890.8145000000004</v>
       </c>
       <c r="W93">
         <v>1</v>
       </c>
       <c r="X93" s="3">
-        <v>25.701559404000001</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:24" x14ac:dyDescent="0.25">
+        <v>25.70155940356447</v>
+      </c>
+    </row>
+    <row r="94" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
-        <v>115</v>
+        <v>206</v>
       </c>
       <c r="B94" t="s">
-        <v>282</v>
+        <v>207</v>
       </c>
       <c r="C94" s="4">
         <v>12049.9998</v>
       </c>
       <c r="D94" s="4">
         <v>12049.9998</v>
       </c>
       <c r="E94" s="3">
         <v>100</v>
       </c>
       <c r="F94">
         <v>6</v>
       </c>
       <c r="G94" s="3">
-        <v>49.792531947000001</v>
+        <v>49.792531946764015</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
       <c r="J94">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K94" s="3">
-        <v>33.195021298</v>
+        <v>49.792531946764015</v>
       </c>
       <c r="L94">
         <v>6</v>
       </c>
       <c r="M94" s="3">
-        <v>49.792531947000001</v>
+        <v>49.792531946764015</v>
       </c>
       <c r="N94">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O94" s="3">
-        <v>91.286308568999999</v>
+        <v>99.58506389352803</v>
       </c>
       <c r="P94">
         <v>1</v>
       </c>
       <c r="Q94" s="3">
-        <v>8.298755324</v>
+        <v>8.2987553244606698</v>
       </c>
       <c r="R94">
         <v>3</v>
       </c>
       <c r="S94" s="3">
-        <v>24.896265972999998</v>
+        <v>24.896265973382008</v>
       </c>
       <c r="T94">
         <v>0</v>
       </c>
       <c r="U94" s="3">
         <v>0</v>
       </c>
       <c r="V94" s="4">
-        <v>3115.7109999999998</v>
+        <v>3115.7110000000002</v>
       </c>
       <c r="W94">
         <v>1</v>
       </c>
       <c r="X94" s="3">
-        <v>32.095402943000003</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:24" x14ac:dyDescent="0.25">
+        <v>32.095402943341021</v>
+      </c>
+    </row>
+    <row r="95" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="B95" t="s">
-        <v>283</v>
+        <v>209</v>
       </c>
       <c r="C95" s="4">
         <v>30429.995900000002</v>
       </c>
       <c r="D95" s="4">
         <v>30429.995900000002</v>
       </c>
       <c r="E95" s="3">
         <v>100</v>
       </c>
       <c r="F95">
         <v>17</v>
       </c>
       <c r="G95" s="3">
-        <v>55.865929315000002</v>
+        <v>55.865929314831092</v>
       </c>
       <c r="H95">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I95" s="3">
-        <v>82.155778404000003</v>
+        <v>105.15939635732913</v>
       </c>
       <c r="J95">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="K95" s="3">
-        <v>49.293467042000003</v>
+        <v>55.865929314831092</v>
       </c>
       <c r="L95">
         <v>15</v>
       </c>
       <c r="M95" s="3">
-        <v>49.293467042000003</v>
+        <v>49.293467042498015</v>
       </c>
       <c r="N95">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O95" s="3">
-        <v>108.445627493</v>
+        <v>115.01808976582871</v>
       </c>
       <c r="P95">
         <v>1</v>
       </c>
       <c r="Q95" s="3">
-        <v>3.2862311360000001</v>
+        <v>3.2862311361665353</v>
       </c>
       <c r="R95">
         <v>6</v>
       </c>
       <c r="S95" s="3">
-        <v>19.717386817000001</v>
+        <v>19.717386816999209</v>
       </c>
       <c r="T95">
         <v>0</v>
       </c>
       <c r="U95" s="3">
         <v>0</v>
       </c>
       <c r="V95" s="4">
-        <v>7416.0303000000004</v>
+        <v>7416.0302999999994</v>
       </c>
       <c r="W95">
         <v>2</v>
       </c>
       <c r="X95" s="3">
-        <v>26.968606101999999</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:24" x14ac:dyDescent="0.25">
+        <v>26.96860610183861</v>
+      </c>
+    </row>
+    <row r="96" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="B96" t="s">
-        <v>284</v>
+        <v>211</v>
       </c>
       <c r="C96" s="4">
         <v>13572.999599999999</v>
       </c>
       <c r="D96" s="4">
         <v>13572.999599999999</v>
       </c>
       <c r="E96" s="3">
         <v>100</v>
       </c>
       <c r="F96">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G96" s="3">
-        <v>58.940545464000003</v>
+        <v>44.205409097632334</v>
       </c>
       <c r="H96">
         <v>18</v>
       </c>
       <c r="I96" s="3">
-        <v>132.61622729300001</v>
+        <v>132.61622729289701</v>
       </c>
       <c r="J96">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K96" s="3">
-        <v>0</v>
+        <v>7.3675681829387223</v>
       </c>
       <c r="L96">
         <v>9</v>
       </c>
       <c r="M96" s="3">
-        <v>66.308113645999995</v>
+        <v>66.308113646448504</v>
       </c>
       <c r="N96">
         <v>28</v>
       </c>
       <c r="O96" s="3">
-        <v>206.29190912199999</v>
+        <v>206.29190912228421</v>
       </c>
       <c r="P96">
         <v>4</v>
       </c>
       <c r="Q96" s="3">
-        <v>29.470272732000002</v>
+        <v>29.470272731754889</v>
       </c>
       <c r="R96">
         <v>4</v>
       </c>
       <c r="S96" s="3">
-        <v>29.470272732000002</v>
+        <v>29.470272731754889</v>
       </c>
       <c r="T96">
         <v>0</v>
       </c>
       <c r="U96" s="3">
         <v>0</v>
       </c>
       <c r="V96" s="4">
         <v>3044.9477999999999</v>
       </c>
       <c r="W96">
         <v>1</v>
       </c>
       <c r="X96" s="3">
-        <v>32.841285489000001</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:24" x14ac:dyDescent="0.25">
+        <v>32.841285489360438</v>
+      </c>
+    </row>
+    <row r="97" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="B97" t="s">
-        <v>285</v>
+        <v>213</v>
       </c>
       <c r="C97" s="4">
         <v>10445.999900000001</v>
       </c>
       <c r="D97" s="4">
         <v>10445.999900000001</v>
       </c>
       <c r="E97" s="3">
         <v>100</v>
       </c>
       <c r="F97">
         <v>4</v>
       </c>
       <c r="G97" s="3">
-        <v>38.292169618000003</v>
+        <v>38.292169617960646</v>
       </c>
       <c r="H97">
         <v>2</v>
       </c>
       <c r="I97" s="3">
-        <v>19.146084809000001</v>
+        <v>19.146084808980323</v>
       </c>
       <c r="J97">
         <v>4</v>
       </c>
       <c r="K97" s="3">
-        <v>38.292169618000003</v>
+        <v>38.292169617960646</v>
       </c>
       <c r="L97">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M97" s="3">
-        <v>67.011296830999996</v>
+        <v>86.157381640411458</v>
       </c>
       <c r="N97">
         <v>14</v>
       </c>
       <c r="O97" s="3">
-        <v>134.02259366300001</v>
+        <v>134.02259366286228</v>
       </c>
       <c r="P97">
         <v>0</v>
       </c>
       <c r="Q97" s="3">
         <v>0</v>
       </c>
       <c r="R97">
         <v>2</v>
       </c>
       <c r="S97" s="3">
-        <v>19.146084809000001</v>
+        <v>19.146084808980323</v>
       </c>
       <c r="T97">
         <v>1</v>
       </c>
       <c r="U97" s="3">
-        <v>9.5730424040000006</v>
+        <v>9.5730424044901614</v>
       </c>
       <c r="V97" s="4">
         <v>2300.9589000000001</v>
       </c>
       <c r="W97">
         <v>2</v>
       </c>
       <c r="X97" s="3">
-        <v>86.920283538999996</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:24" x14ac:dyDescent="0.25">
+        <v>86.920283539180119</v>
+      </c>
+    </row>
+    <row r="98" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
-        <v>119</v>
+        <v>214</v>
       </c>
       <c r="B98" t="s">
-        <v>286</v>
+        <v>215</v>
       </c>
       <c r="C98" s="4">
         <v>9725.0005000000001</v>
       </c>
       <c r="D98" s="4">
         <v>9725.0005000000001</v>
       </c>
       <c r="E98" s="3">
         <v>100</v>
       </c>
       <c r="F98">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G98" s="3">
-        <v>92.544982387999994</v>
+        <v>102.82775820936976</v>
       </c>
       <c r="H98">
         <v>2</v>
       </c>
       <c r="I98" s="3">
-        <v>20.565551641999999</v>
+        <v>20.565551641873952</v>
       </c>
       <c r="J98">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K98" s="3">
-        <v>71.979430746999995</v>
+        <v>61.696654925621857</v>
       </c>
       <c r="L98">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M98" s="3">
-        <v>51.413879104999999</v>
+        <v>30.848327462810929</v>
       </c>
       <c r="N98">
         <v>15</v>
       </c>
       <c r="O98" s="3">
-        <v>154.241637314</v>
+        <v>154.24163731405463</v>
       </c>
       <c r="P98">
         <v>1</v>
       </c>
       <c r="Q98" s="3">
-        <v>10.282775821</v>
+        <v>10.282775820936976</v>
       </c>
       <c r="R98">
         <v>2</v>
       </c>
       <c r="S98" s="3">
-        <v>20.565551641999999</v>
+        <v>20.565551641873952</v>
       </c>
       <c r="T98">
         <v>0</v>
       </c>
       <c r="U98" s="3">
         <v>0</v>
       </c>
       <c r="V98" s="4">
         <v>2215.7467999999999</v>
       </c>
       <c r="W98">
         <v>1</v>
       </c>
       <c r="X98" s="3">
-        <v>45.131510513999999</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:24" x14ac:dyDescent="0.25">
+        <v>45.131510513746427</v>
+      </c>
+    </row>
+    <row r="99" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
-        <v>120</v>
+        <v>216</v>
       </c>
       <c r="B99" t="s">
-        <v>287</v>
+        <v>217</v>
       </c>
       <c r="C99" s="4">
         <v>46737.997199999998</v>
       </c>
       <c r="D99" s="4">
         <v>46737.997199999998</v>
       </c>
       <c r="E99" s="3">
         <v>100</v>
       </c>
       <c r="F99">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G99" s="3">
-        <v>79.164710122000002</v>
+        <v>77.025123361511959</v>
       </c>
       <c r="H99">
         <v>43</v>
       </c>
       <c r="I99" s="3">
-        <v>92.002230682000004</v>
+        <v>92.002230681805941</v>
       </c>
       <c r="J99">
+        <v>11</v>
+      </c>
+      <c r="K99" s="3">
+        <v>23.535454360461983</v>
+      </c>
+      <c r="L99">
+        <v>28</v>
+      </c>
+      <c r="M99" s="3">
+        <v>59.908429281175962</v>
+      </c>
+      <c r="N99">
+        <v>50</v>
+      </c>
+      <c r="O99" s="3">
+        <v>106.97933800209994</v>
+      </c>
+      <c r="P99">
         <v>10</v>
       </c>
-      <c r="K99" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="Q99" s="3">
-        <v>23.535454359999999</v>
+        <v>21.395867600419987</v>
       </c>
       <c r="R99">
         <v>12</v>
       </c>
       <c r="S99" s="3">
-        <v>25.675041121</v>
+        <v>25.675041120503984</v>
       </c>
       <c r="T99">
         <v>5</v>
       </c>
       <c r="U99" s="3">
-        <v>10.697933799999999</v>
+        <v>10.697933800209993</v>
       </c>
       <c r="V99" s="4">
-        <v>11452.1926</v>
+        <v>11452.192600000004</v>
       </c>
       <c r="W99">
         <v>6</v>
       </c>
       <c r="X99" s="3">
-        <v>52.391714055000001</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:24" x14ac:dyDescent="0.25">
+        <v>52.39171405482648</v>
+      </c>
+    </row>
+    <row r="100" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
-        <v>121</v>
+        <v>218</v>
       </c>
       <c r="B100" t="s">
-        <v>288</v>
+        <v>219</v>
       </c>
       <c r="C100" s="4">
         <v>19135.0003</v>
       </c>
       <c r="D100" s="4">
         <v>19135.0003</v>
       </c>
       <c r="E100" s="3">
         <v>100</v>
       </c>
       <c r="F100">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G100" s="3">
-        <v>57.486280782000001</v>
+        <v>62.712306307097364</v>
       </c>
       <c r="H100">
         <v>22</v>
       </c>
       <c r="I100" s="3">
-        <v>114.972561563</v>
+        <v>114.97256156301184</v>
       </c>
       <c r="J100">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K100" s="3">
-        <v>73.164357358000004</v>
+        <v>83.616408409463162</v>
       </c>
       <c r="L100">
         <v>15</v>
       </c>
       <c r="M100" s="3">
-        <v>78.390382884000005</v>
+        <v>78.390382883871709</v>
       </c>
       <c r="N100">
         <v>21</v>
       </c>
       <c r="O100" s="3">
-        <v>109.746536037</v>
+        <v>109.7465360374204</v>
       </c>
       <c r="P100">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="Q100" s="3">
-        <v>31.356153154000001</v>
+        <v>36.582178679140128</v>
       </c>
       <c r="R100">
         <v>4</v>
       </c>
       <c r="S100" s="3">
-        <v>20.904102102</v>
+        <v>20.90410210236579</v>
       </c>
       <c r="T100">
         <v>0</v>
       </c>
       <c r="U100" s="3">
         <v>0</v>
       </c>
       <c r="V100" s="4">
         <v>4804.9481999999998</v>
       </c>
       <c r="W100">
         <v>1</v>
       </c>
       <c r="X100" s="3">
-        <v>20.811878887999999</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:24" x14ac:dyDescent="0.25">
+        <v>20.811878887684991</v>
+      </c>
+    </row>
+    <row r="101" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
-        <v>122</v>
+        <v>220</v>
       </c>
       <c r="B101" t="s">
-        <v>289</v>
+        <v>221</v>
       </c>
       <c r="C101" s="4">
         <v>17829.001799999998</v>
       </c>
       <c r="D101" s="4">
         <v>17829.001799999998</v>
       </c>
       <c r="E101" s="3">
         <v>100</v>
       </c>
       <c r="F101">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G101" s="3">
-        <v>50.479550684000003</v>
+        <v>44.870711718700932</v>
       </c>
       <c r="H101">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I101" s="3">
-        <v>241.180075488</v>
+        <v>252.39775341769277</v>
       </c>
       <c r="J101">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K101" s="3">
-        <v>11.217677930000001</v>
+        <v>33.653033789025706</v>
       </c>
       <c r="L101">
         <v>12</v>
       </c>
       <c r="M101" s="3">
-        <v>67.306067577999997</v>
+        <v>67.306067578051412</v>
       </c>
       <c r="N101">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O101" s="3">
-        <v>106.56794033200001</v>
+        <v>112.17677929675233</v>
       </c>
       <c r="P101">
         <v>3</v>
       </c>
       <c r="Q101" s="3">
-        <v>16.826516895000001</v>
+        <v>16.826516894512853</v>
       </c>
       <c r="R101">
         <v>4</v>
       </c>
       <c r="S101" s="3">
-        <v>22.435355859000001</v>
+        <v>22.435355859350466</v>
       </c>
       <c r="T101">
         <v>1</v>
       </c>
       <c r="U101" s="3">
-        <v>5.6088389650000003</v>
+        <v>5.6088389648376165</v>
       </c>
       <c r="V101" s="4">
-        <v>4471.7771000000002</v>
+        <v>4471.7770999999993</v>
       </c>
       <c r="W101">
         <v>1</v>
       </c>
       <c r="X101" s="3">
-        <v>22.362474194000001</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:24" x14ac:dyDescent="0.25">
+        <v>22.362474193984315</v>
+      </c>
+    </row>
+    <row r="102" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
-        <v>123</v>
+        <v>222</v>
       </c>
       <c r="B102" t="s">
-        <v>290</v>
+        <v>223</v>
       </c>
       <c r="C102" s="4">
         <v>22158.002100000002</v>
       </c>
       <c r="D102" s="4">
         <v>22158.002100000002</v>
       </c>
       <c r="E102" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F102">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G102" s="3">
-        <v>58.669549453999998</v>
+        <v>49.643464922318053</v>
       </c>
       <c r="H102">
         <v>1</v>
       </c>
       <c r="I102" s="3">
-        <v>4.5130422660000002</v>
+        <v>4.5130422656652787</v>
       </c>
       <c r="J102">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K102" s="3">
-        <v>22.565211328</v>
+        <v>36.104338125322229</v>
       </c>
       <c r="L102">
         <v>10</v>
       </c>
       <c r="M102" s="3">
-        <v>45.130422656999997</v>
+        <v>45.130422656652783</v>
       </c>
       <c r="N102">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="O102" s="3">
-        <v>76.721718515999996</v>
+        <v>81.234760781975012</v>
       </c>
       <c r="P102">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q102" s="3">
-        <v>18.052169063000001</v>
+        <v>22.565211328326392</v>
       </c>
       <c r="R102">
         <v>2</v>
       </c>
       <c r="S102" s="3">
-        <v>9.0260845310000004</v>
+        <v>9.0260845313305573</v>
       </c>
       <c r="T102">
         <v>0</v>
       </c>
       <c r="U102" s="3">
         <v>0</v>
       </c>
       <c r="V102" s="4">
         <v>5747.9530000000004</v>
       </c>
       <c r="W102">
         <v>2</v>
       </c>
       <c r="X102" s="3">
-        <v>34.794995714000002</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:24" x14ac:dyDescent="0.25">
+        <v>34.794995714126401</v>
+      </c>
+    </row>
+    <row r="103" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
-        <v>124</v>
+        <v>224</v>
       </c>
       <c r="B103" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="C103" s="4">
-        <v>14207.9977</v>
+        <v>14207.997699999996</v>
       </c>
       <c r="D103" s="4">
-        <v>14207.9977</v>
+        <v>14207.997699999996</v>
       </c>
       <c r="E103" s="3">
         <v>100</v>
       </c>
       <c r="F103">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G103" s="3">
-        <v>21.114868283</v>
+        <v>28.153157710604088</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
       <c r="J103">
         <v>1</v>
       </c>
       <c r="K103" s="3">
-        <v>7.0382894279999997</v>
+        <v>7.0382894276510219</v>
       </c>
       <c r="L103">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M103" s="3">
-        <v>35.191447138000001</v>
+        <v>28.153157710604088</v>
       </c>
       <c r="N103">
         <v>9</v>
       </c>
       <c r="O103" s="3">
-        <v>63.344604849</v>
+        <v>63.344604848859191</v>
       </c>
       <c r="P103">
         <v>0</v>
       </c>
       <c r="Q103" s="3">
         <v>0</v>
       </c>
       <c r="R103">
         <v>1</v>
       </c>
       <c r="S103" s="3">
-        <v>7.0382894279999997</v>
+        <v>7.0382894276510219</v>
       </c>
       <c r="T103">
         <v>0</v>
       </c>
       <c r="U103" s="3">
         <v>0</v>
       </c>
       <c r="V103" s="4">
-        <v>3496.9699000000001</v>
+        <v>3496.9699000000005</v>
       </c>
       <c r="W103">
         <v>0</v>
       </c>
       <c r="X103" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="104" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
-        <v>125</v>
+        <v>226</v>
       </c>
       <c r="B104" t="s">
-        <v>292</v>
+        <v>227</v>
       </c>
       <c r="C104" s="4">
-        <v>7996.0006000000003</v>
+        <v>7996.0005999999994</v>
       </c>
       <c r="D104" s="4">
-        <v>7996.0006000000003</v>
+        <v>7996.0005999999994</v>
       </c>
       <c r="E104" s="3">
         <v>100</v>
       </c>
       <c r="F104">
         <v>2</v>
       </c>
       <c r="G104" s="3">
-        <v>25.012504375999999</v>
+        <v>25.012504376250298</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
       <c r="J104">
         <v>0</v>
       </c>
       <c r="K104" s="3">
         <v>0</v>
       </c>
       <c r="L104">
         <v>3</v>
       </c>
       <c r="M104" s="3">
-        <v>37.518756564</v>
+        <v>37.518756564375444</v>
       </c>
       <c r="N104">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="O104" s="3">
-        <v>100.050017505</v>
+        <v>112.55626969312634</v>
       </c>
       <c r="P104">
         <v>1</v>
       </c>
       <c r="Q104" s="3">
-        <v>12.506252187999999</v>
+        <v>12.506252188125149</v>
       </c>
       <c r="R104">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="S104" s="3">
-        <v>12.506252187999999</v>
+        <v>0</v>
       </c>
       <c r="T104">
         <v>0</v>
       </c>
       <c r="U104" s="3">
         <v>0</v>
       </c>
       <c r="V104" s="4">
         <v>1976.6578</v>
       </c>
       <c r="W104">
         <v>0</v>
       </c>
       <c r="X104" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="105" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
-        <v>126</v>
+        <v>228</v>
       </c>
       <c r="B105" t="s">
-        <v>293</v>
+        <v>229</v>
       </c>
       <c r="C105" s="4">
         <v>16121.994199999999</v>
       </c>
       <c r="D105" s="4">
         <v>16121.994199999999</v>
       </c>
       <c r="E105" s="3">
         <v>100</v>
       </c>
       <c r="F105">
         <v>10</v>
       </c>
       <c r="G105" s="3">
-        <v>62.027066105999999</v>
+        <v>62.027066105755083</v>
       </c>
       <c r="H105">
         <v>1</v>
       </c>
       <c r="I105" s="3">
-        <v>6.202706611</v>
+        <v>6.2027066105755084</v>
       </c>
       <c r="J105">
         <v>4</v>
       </c>
       <c r="K105" s="3">
-        <v>24.810826442</v>
+        <v>24.810826442302034</v>
       </c>
       <c r="L105">
         <v>9</v>
       </c>
       <c r="M105" s="3">
-        <v>55.824359495000003</v>
+        <v>55.824359495179579</v>
       </c>
       <c r="N105">
         <v>24</v>
       </c>
       <c r="O105" s="3">
-        <v>148.86495865399999</v>
+        <v>148.86495865381221</v>
       </c>
       <c r="P105">
         <v>2</v>
       </c>
       <c r="Q105" s="3">
-        <v>12.405413221</v>
+        <v>12.405413221151017</v>
       </c>
       <c r="R105">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S105" s="3">
-        <v>31.013533053</v>
+        <v>24.810826442302034</v>
       </c>
       <c r="T105">
         <v>1</v>
       </c>
       <c r="U105" s="3">
-        <v>6.202706611</v>
+        <v>6.2027066105755084</v>
       </c>
       <c r="V105" s="4">
-        <v>3701.5641000000001</v>
+        <v>3701.5640999999996</v>
       </c>
       <c r="W105">
         <v>1</v>
       </c>
       <c r="X105" s="3">
-        <v>27.015606727000002</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:24" x14ac:dyDescent="0.25">
+        <v>27.015606726896884</v>
+      </c>
+    </row>
+    <row r="106" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
-        <v>127</v>
+        <v>230</v>
       </c>
       <c r="B106" t="s">
-        <v>294</v>
+        <v>231</v>
       </c>
       <c r="C106" s="4">
-        <v>25269.000100000001</v>
+        <v>25269.000100000005</v>
       </c>
       <c r="D106" s="4">
-        <v>25269.000100000001</v>
+        <v>25269.000100000005</v>
       </c>
       <c r="E106" s="3">
-        <v>100</v>
+        <v>100.00000000000001</v>
       </c>
       <c r="F106">
         <v>6</v>
       </c>
       <c r="G106" s="3">
-        <v>23.744508988</v>
+        <v>23.744508988307768</v>
       </c>
       <c r="H106">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I106" s="3">
-        <v>3.957418165</v>
+        <v>11.872254494153884</v>
       </c>
       <c r="J106">
         <v>3</v>
       </c>
       <c r="K106" s="3">
-        <v>11.872254494</v>
+        <v>11.872254494153884</v>
       </c>
       <c r="L106">
         <v>5</v>
       </c>
       <c r="M106" s="3">
-        <v>19.787090824</v>
+        <v>19.787090823589807</v>
       </c>
       <c r="N106">
         <v>26</v>
       </c>
       <c r="O106" s="3">
-        <v>102.892872283</v>
+        <v>102.892872282667</v>
       </c>
       <c r="P106">
         <v>0</v>
       </c>
       <c r="Q106" s="3">
         <v>0</v>
       </c>
       <c r="R106">
         <v>1</v>
       </c>
       <c r="S106" s="3">
-        <v>3.957418165</v>
+        <v>3.9574181647179616</v>
       </c>
       <c r="T106">
         <v>0</v>
       </c>
       <c r="U106" s="3">
         <v>0</v>
       </c>
       <c r="V106" s="4">
-        <v>6507.7995000000001</v>
+        <v>6507.7994999999992</v>
       </c>
       <c r="W106">
         <v>1</v>
       </c>
       <c r="X106" s="3">
-        <v>15.366177154000001</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:24" x14ac:dyDescent="0.25">
+        <v>15.366177154044163</v>
+      </c>
+    </row>
+    <row r="107" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
-        <v>128</v>
+        <v>232</v>
       </c>
       <c r="B107" t="s">
-        <v>295</v>
+        <v>233</v>
       </c>
       <c r="C107" s="4">
-        <v>26132.999299999999</v>
+        <v>26132.999299999996</v>
       </c>
       <c r="D107" s="4">
-        <v>26132.999299999999</v>
+        <v>26132.999299999996</v>
       </c>
       <c r="E107" s="3">
         <v>100</v>
       </c>
       <c r="F107">
         <v>18</v>
       </c>
       <c r="G107" s="3">
-        <v>68.878431417000002</v>
+        <v>68.878431416787294</v>
       </c>
       <c r="H107">
         <v>7</v>
       </c>
       <c r="I107" s="3">
-        <v>26.786056662</v>
+        <v>26.786056662083947</v>
       </c>
       <c r="J107">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K107" s="3">
-        <v>30.612636185</v>
+        <v>34.439215708393647</v>
       </c>
       <c r="L107">
         <v>32</v>
       </c>
       <c r="M107" s="3">
-        <v>122.450544741</v>
+        <v>122.45054474095518</v>
       </c>
       <c r="N107">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="O107" s="3">
-        <v>84.184749509</v>
+        <v>88.011329032561534</v>
       </c>
       <c r="P107">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="Q107" s="3">
-        <v>45.918954278000001</v>
+        <v>42.09237475470335</v>
       </c>
       <c r="R107">
         <v>6</v>
       </c>
       <c r="S107" s="3">
-        <v>22.959477139000001</v>
+        <v>22.959477138929095</v>
       </c>
       <c r="T107">
         <v>1</v>
       </c>
       <c r="U107" s="3">
-        <v>3.8265795229999999</v>
+        <v>3.8265795231548494</v>
       </c>
       <c r="V107" s="4">
-        <v>6990.9049999999997</v>
+        <v>6990.9050000000007</v>
       </c>
       <c r="W107">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X107" s="3">
-        <v>14.304299658</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:24" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
-        <v>129</v>
+        <v>234</v>
       </c>
       <c r="B108" t="s">
-        <v>296</v>
+        <v>235</v>
       </c>
       <c r="C108" s="4">
-        <v>19124.998800000001</v>
+        <v>19124.998799999998</v>
       </c>
       <c r="D108" s="4">
-        <v>19124.998800000001</v>
+        <v>19124.998799999998</v>
       </c>
       <c r="E108" s="3">
         <v>100</v>
       </c>
       <c r="F108">
         <v>10</v>
       </c>
       <c r="G108" s="3">
-        <v>52.287584979999998</v>
+        <v>52.28758498013606</v>
       </c>
       <c r="H108">
         <v>3</v>
       </c>
       <c r="I108" s="3">
-        <v>15.686275494</v>
+        <v>15.686275494040817</v>
       </c>
       <c r="J108">
         <v>8</v>
       </c>
       <c r="K108" s="3">
-        <v>41.830067984000003</v>
+        <v>41.830067984108844</v>
       </c>
       <c r="L108">
         <v>19</v>
       </c>
       <c r="M108" s="3">
-        <v>99.346411462000006</v>
+        <v>99.346411462258516</v>
       </c>
       <c r="N108">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="O108" s="3">
-        <v>94.117652964000001</v>
+        <v>88.888894466231307</v>
       </c>
       <c r="P108">
         <v>4</v>
       </c>
       <c r="Q108" s="3">
-        <v>20.915033992000001</v>
+        <v>20.915033992054422</v>
       </c>
       <c r="R108">
         <v>6</v>
       </c>
       <c r="S108" s="3">
-        <v>31.372550988</v>
+        <v>31.372550988081635</v>
       </c>
       <c r="T108">
         <v>1</v>
       </c>
       <c r="U108" s="3">
-        <v>5.2287584980000004</v>
+        <v>5.2287584980136055</v>
       </c>
       <c r="V108" s="4">
         <v>5123.4322000000002</v>
       </c>
       <c r="W108">
         <v>4</v>
       </c>
       <c r="X108" s="3">
-        <v>78.072663868000006</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:24" x14ac:dyDescent="0.25">
+        <v>78.072663867787696</v>
+      </c>
+    </row>
+    <row r="109" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
-        <v>130</v>
+        <v>236</v>
       </c>
       <c r="B109" t="s">
-        <v>297</v>
+        <v>237</v>
       </c>
       <c r="C109" s="4">
-        <v>5760.9997000000003</v>
+        <v>5760.9996999999994</v>
       </c>
       <c r="D109" s="4">
-        <v>5760.9997000000003</v>
+        <v>5760.9996999999994</v>
       </c>
       <c r="E109" s="3">
         <v>100</v>
       </c>
       <c r="F109">
         <v>3</v>
       </c>
       <c r="G109" s="3">
-        <v>52.074295368999998</v>
+        <v>52.074295369256845</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
       <c r="J109">
         <v>2</v>
       </c>
       <c r="K109" s="3">
-        <v>34.716196912999997</v>
+        <v>34.716196912837894</v>
       </c>
       <c r="L109">
         <v>2</v>
       </c>
       <c r="M109" s="3">
-        <v>34.716196912999997</v>
+        <v>34.716196912837894</v>
       </c>
       <c r="N109">
         <v>9</v>
       </c>
       <c r="O109" s="3">
-        <v>156.22288610800001</v>
+        <v>156.22288610777051</v>
       </c>
       <c r="P109">
         <v>2</v>
       </c>
       <c r="Q109" s="3">
-        <v>34.716196912999997</v>
+        <v>34.716196912837894</v>
       </c>
       <c r="R109">
         <v>1</v>
       </c>
       <c r="S109" s="3">
-        <v>17.358098456</v>
+        <v>17.358098456418947</v>
       </c>
       <c r="T109">
         <v>0</v>
       </c>
       <c r="U109" s="3">
         <v>0</v>
       </c>
       <c r="V109" s="4">
-        <v>1369.5981999999999</v>
+        <v>1369.5982000000001</v>
       </c>
       <c r="W109">
         <v>0</v>
       </c>
       <c r="X109" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="110" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
-        <v>131</v>
+        <v>238</v>
       </c>
       <c r="B110" t="s">
-        <v>298</v>
+        <v>239</v>
       </c>
       <c r="C110" s="4">
-        <v>12331.0023</v>
+        <v>12331.002300000002</v>
       </c>
       <c r="D110" s="4">
-        <v>11321.0023</v>
+        <v>11321.002300000002</v>
       </c>
       <c r="E110" s="3">
-        <v>91.809262739000005</v>
+        <v>91.809262739331416</v>
       </c>
       <c r="F110">
         <v>3</v>
       </c>
       <c r="G110" s="3">
-        <v>24.328922555999998</v>
+        <v>24.328922556441334</v>
       </c>
       <c r="H110">
         <v>1</v>
       </c>
       <c r="I110" s="3">
-        <v>8.1096408520000001</v>
+        <v>8.1096408521471108</v>
       </c>
       <c r="J110">
         <v>1</v>
       </c>
       <c r="K110" s="3">
-        <v>8.1096408520000001</v>
+        <v>8.1096408521471108</v>
       </c>
       <c r="L110">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M110" s="3">
-        <v>40.548204261000002</v>
+        <v>48.657845112882669</v>
       </c>
       <c r="N110">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="O110" s="3">
-        <v>97.315690226000001</v>
+        <v>105.42533107791245</v>
       </c>
       <c r="P110">
         <v>1</v>
       </c>
       <c r="Q110" s="3">
-        <v>8.1096408520000001</v>
+        <v>8.1096408521471108</v>
       </c>
       <c r="R110">
         <v>0</v>
       </c>
       <c r="S110" s="3">
         <v>0</v>
       </c>
       <c r="T110">
         <v>0</v>
       </c>
       <c r="U110" s="3">
         <v>0</v>
       </c>
       <c r="V110" s="4">
-        <v>2943.5524</v>
+        <v>2943.5523999999996</v>
       </c>
       <c r="W110">
         <v>0</v>
       </c>
       <c r="X110" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="111" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
-        <v>132</v>
+        <v>240</v>
       </c>
       <c r="B111" t="s">
-        <v>299</v>
+        <v>241</v>
       </c>
       <c r="C111" s="4">
         <v>20620.0003</v>
       </c>
       <c r="D111" s="4">
         <v>20620.0003</v>
       </c>
       <c r="E111" s="3">
         <v>100</v>
       </c>
       <c r="F111">
         <v>18</v>
       </c>
       <c r="G111" s="3">
-        <v>87.293888158000001</v>
+        <v>87.293888157702895</v>
       </c>
       <c r="H111">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I111" s="3">
-        <v>87.293888158000001</v>
+        <v>92.14354861090861</v>
       </c>
       <c r="J111">
         <v>8</v>
       </c>
       <c r="K111" s="3">
-        <v>38.797283626000002</v>
+        <v>38.797283625645733</v>
       </c>
       <c r="L111">
         <v>19</v>
       </c>
       <c r="M111" s="3">
-        <v>92.143548611</v>
+        <v>92.14354861090861</v>
       </c>
       <c r="N111">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="O111" s="3">
-        <v>67.895246345000004</v>
+        <v>77.594567251291465</v>
       </c>
       <c r="P111">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q111" s="3">
-        <v>14.548981360000001</v>
+        <v>19.398641812822866</v>
       </c>
       <c r="R111">
         <v>8</v>
       </c>
       <c r="S111" s="3">
-        <v>38.797283626000002</v>
+        <v>38.797283625645733</v>
       </c>
       <c r="T111">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U111" s="3">
-        <v>19.398641813000001</v>
+        <v>24.248302266028581</v>
       </c>
       <c r="V111" s="4">
-        <v>5562.3687</v>
+        <v>5562.3687000000009</v>
       </c>
       <c r="W111">
         <v>2</v>
       </c>
       <c r="X111" s="3">
-        <v>35.955904900999997</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:24" x14ac:dyDescent="0.25">
+        <v>35.955904900730509</v>
+      </c>
+    </row>
+    <row r="112" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
-        <v>133</v>
+        <v>242</v>
       </c>
       <c r="B112" t="s">
-        <v>300</v>
+        <v>243</v>
       </c>
       <c r="C112" s="4">
         <v>16502.0013</v>
       </c>
       <c r="D112" s="4">
-        <v>10328.001700000001</v>
+        <v>10328.001699999999</v>
       </c>
       <c r="E112" s="3">
-        <v>62.586358541000003</v>
+        <v>62.586358540645605</v>
       </c>
       <c r="F112">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G112" s="3">
-        <v>18.179613159999999</v>
+        <v>12.119742106674055</v>
       </c>
       <c r="H112">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I112" s="3">
-        <v>18.179613159999999</v>
+        <v>12.119742106674055</v>
       </c>
       <c r="J112">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K112" s="3">
-        <v>18.179613159999999</v>
+        <v>24.23948421334811</v>
       </c>
       <c r="L112">
         <v>4</v>
       </c>
       <c r="M112" s="3">
-        <v>24.239484213000001</v>
+        <v>24.23948421334811</v>
       </c>
       <c r="N112">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O112" s="3">
-        <v>163.61651843999999</v>
+        <v>151.49677633342571</v>
       </c>
       <c r="P112">
         <v>2</v>
       </c>
       <c r="Q112" s="3">
-        <v>12.119742107</v>
+        <v>12.119742106674055</v>
       </c>
       <c r="R112">
         <v>3</v>
       </c>
       <c r="S112" s="3">
-        <v>18.179613159999999</v>
+        <v>18.179613160011083</v>
       </c>
       <c r="T112">
         <v>0</v>
       </c>
       <c r="U112" s="3">
         <v>0</v>
       </c>
       <c r="V112" s="4">
-        <v>3892.9976999999999</v>
+        <v>3892.9977000000003</v>
       </c>
       <c r="W112">
         <v>1</v>
       </c>
       <c r="X112" s="3">
-        <v>25.687145923999999</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:24" x14ac:dyDescent="0.25">
+        <v>25.687145923564245</v>
+      </c>
+    </row>
+    <row r="113" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
-        <v>134</v>
+        <v>244</v>
       </c>
       <c r="B113" t="s">
-        <v>301</v>
+        <v>245</v>
       </c>
       <c r="C113" s="4">
-        <v>11028.999400000001</v>
+        <v>11028.999400000002</v>
       </c>
       <c r="D113" s="4">
-        <v>11028.999400000001</v>
+        <v>11028.999400000002</v>
       </c>
       <c r="E113" s="3">
         <v>100</v>
       </c>
       <c r="F113">
         <v>1</v>
       </c>
       <c r="G113" s="3">
-        <v>9.0670056609999996</v>
+        <v>9.0670056614564665</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
       <c r="J113">
         <v>1</v>
       </c>
       <c r="K113" s="3">
-        <v>9.0670056609999996</v>
+        <v>9.0670056614564665</v>
       </c>
       <c r="L113">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M113" s="3">
-        <v>18.134011322999999</v>
+        <v>27.201016984369399</v>
       </c>
       <c r="N113">
         <v>11</v>
       </c>
       <c r="O113" s="3">
-        <v>99.737062276000003</v>
+        <v>99.737062276021121</v>
       </c>
       <c r="P113">
         <v>2</v>
       </c>
       <c r="Q113" s="3">
-        <v>18.134011322999999</v>
+        <v>18.134011322912933</v>
       </c>
       <c r="R113">
         <v>2</v>
       </c>
       <c r="S113" s="3">
-        <v>18.134011322999999</v>
+        <v>18.134011322912933</v>
       </c>
       <c r="T113">
         <v>0</v>
       </c>
       <c r="U113" s="3">
         <v>0</v>
       </c>
       <c r="V113" s="4">
         <v>2685.4079999999999</v>
       </c>
       <c r="W113">
         <v>0</v>
       </c>
       <c r="X113" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="114" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
-        <v>135</v>
+        <v>246</v>
       </c>
       <c r="B114" t="s">
-        <v>302</v>
+        <v>247</v>
       </c>
       <c r="C114" s="4">
         <v>15024.0003</v>
       </c>
       <c r="D114" s="4">
         <v>15024.0003</v>
       </c>
       <c r="E114" s="3">
         <v>100</v>
       </c>
       <c r="F114">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G114" s="3">
-        <v>66.560169064999997</v>
+        <v>73.216185971455289</v>
       </c>
       <c r="H114">
         <v>3</v>
       </c>
       <c r="I114" s="3">
-        <v>19.968050719000001</v>
+        <v>19.968050719487803</v>
       </c>
       <c r="J114">
         <v>7</v>
       </c>
       <c r="K114" s="3">
-        <v>46.592118345000003</v>
+        <v>46.592118345471548</v>
       </c>
       <c r="L114">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="M114" s="3">
-        <v>86.528219784000001</v>
+        <v>126.46432122342277</v>
       </c>
       <c r="N114">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="O114" s="3">
-        <v>119.80830431699999</v>
+        <v>113.15228741043089</v>
       </c>
       <c r="P114">
         <v>4</v>
       </c>
       <c r="Q114" s="3">
-        <v>26.624067625999999</v>
+        <v>26.624067625983741</v>
       </c>
       <c r="R114">
         <v>4</v>
       </c>
       <c r="S114" s="3">
-        <v>26.624067625999999</v>
+        <v>26.624067625983741</v>
       </c>
       <c r="T114">
         <v>0</v>
       </c>
       <c r="U114" s="3">
         <v>0</v>
       </c>
       <c r="V114" s="4">
-        <v>3936.2833000000001</v>
+        <v>3936.2833000000005</v>
       </c>
       <c r="W114">
         <v>3</v>
       </c>
       <c r="X114" s="3">
-        <v>76.214026567000005</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:24" x14ac:dyDescent="0.25">
+        <v>76.214026566634558</v>
+      </c>
+    </row>
+    <row r="115" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
-        <v>136</v>
+        <v>248</v>
       </c>
       <c r="B115" t="s">
-        <v>303</v>
+        <v>249</v>
       </c>
       <c r="C115" s="4">
-        <v>23275.001</v>
+        <v>23275.001000000007</v>
       </c>
       <c r="D115" s="4">
-        <v>23275.001</v>
+        <v>23275.001000000007</v>
       </c>
       <c r="E115" s="3">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="F115">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G115" s="3">
-        <v>60.150373356000003</v>
+        <v>55.853918115835938</v>
       </c>
       <c r="H115">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I115" s="3">
-        <v>98.818470512999994</v>
+        <v>94.522015272953126</v>
       </c>
       <c r="J115">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K115" s="3">
-        <v>17.185820959000001</v>
+        <v>21.482276198398438</v>
       </c>
       <c r="L115">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M115" s="3">
-        <v>38.668097156999998</v>
+        <v>42.964552396796876</v>
       </c>
       <c r="N115">
         <v>23</v>
       </c>
       <c r="O115" s="3">
-        <v>98.818470512999994</v>
+        <v>98.818470512632828</v>
       </c>
       <c r="P115">
         <v>5</v>
       </c>
       <c r="Q115" s="3">
-        <v>21.482276198000001</v>
+        <v>21.482276198398438</v>
       </c>
       <c r="R115">
         <v>3</v>
       </c>
       <c r="S115" s="3">
-        <v>12.889365719000001</v>
+        <v>12.889365719039064</v>
       </c>
       <c r="T115">
         <v>0</v>
       </c>
       <c r="U115" s="3">
         <v>0</v>
       </c>
       <c r="V115" s="4">
         <v>6384.6550999999999</v>
       </c>
       <c r="W115">
         <v>7</v>
       </c>
       <c r="X115" s="3">
-        <v>109.63787221600001</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:24" x14ac:dyDescent="0.25">
+        <v>109.63787221646476</v>
+      </c>
+    </row>
+    <row r="116" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
-        <v>137</v>
+        <v>250</v>
       </c>
       <c r="B116" t="s">
-        <v>304</v>
+        <v>251</v>
       </c>
       <c r="C116" s="4">
-        <v>23925.997599999999</v>
+        <v>23925.997600000006</v>
       </c>
       <c r="D116" s="4">
-        <v>23925.997599999999</v>
+        <v>23925.997600000006</v>
       </c>
       <c r="E116" s="3">
         <v>100</v>
       </c>
       <c r="F116">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G116" s="3">
-        <v>45.975094472000002</v>
+        <v>37.615986386289691</v>
       </c>
       <c r="H116">
         <v>38</v>
       </c>
       <c r="I116" s="3">
-        <v>158.82305363099999</v>
+        <v>158.8230536310009</v>
       </c>
       <c r="J116">
         <v>14</v>
       </c>
       <c r="K116" s="3">
-        <v>58.513756600999997</v>
+        <v>58.513756600895078</v>
       </c>
       <c r="L116">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M116" s="3">
-        <v>66.872864687000003</v>
+        <v>62.69331064381614</v>
       </c>
       <c r="N116">
         <v>24</v>
       </c>
       <c r="O116" s="3">
-        <v>100.30929703</v>
+        <v>100.30929703010584</v>
       </c>
       <c r="P116">
         <v>3</v>
       </c>
       <c r="Q116" s="3">
-        <v>12.538662129</v>
+        <v>12.53866212876323</v>
       </c>
       <c r="R116">
         <v>3</v>
       </c>
       <c r="S116" s="3">
-        <v>12.538662129</v>
+        <v>12.53866212876323</v>
       </c>
       <c r="T116">
         <v>0</v>
       </c>
       <c r="U116" s="3">
         <v>0</v>
       </c>
       <c r="V116" s="4">
-        <v>5923.4355999999998</v>
+        <v>5923.4356000000007</v>
       </c>
       <c r="W116">
         <v>1</v>
       </c>
       <c r="X116" s="3">
-        <v>16.882094574</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:24" x14ac:dyDescent="0.25">
+        <v>16.882094573628859</v>
+      </c>
+    </row>
+    <row r="117" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
-        <v>138</v>
+        <v>252</v>
       </c>
       <c r="B117" t="s">
-        <v>305</v>
+        <v>253</v>
       </c>
       <c r="C117" s="4">
-        <v>19394.003000000001</v>
+        <v>19394.002999999997</v>
       </c>
       <c r="D117" s="4">
-        <v>19394.003000000001</v>
+        <v>19394.002999999997</v>
       </c>
       <c r="E117" s="3">
         <v>100</v>
       </c>
       <c r="F117">
         <v>10</v>
       </c>
       <c r="G117" s="3">
-        <v>51.562330891999999</v>
+        <v>51.562330891667912</v>
       </c>
       <c r="H117">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I117" s="3">
-        <v>5.1562330889999997</v>
+        <v>0</v>
       </c>
       <c r="J117">
         <v>7</v>
       </c>
       <c r="K117" s="3">
-        <v>36.093631623999997</v>
+        <v>36.093631624167536</v>
       </c>
       <c r="L117">
         <v>17</v>
       </c>
       <c r="M117" s="3">
-        <v>87.655962516000002</v>
+        <v>87.655962515835455</v>
       </c>
       <c r="N117">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="O117" s="3">
-        <v>67.031030158999997</v>
+        <v>61.874797070001492</v>
       </c>
       <c r="P117">
         <v>5</v>
       </c>
       <c r="Q117" s="3">
-        <v>25.781165445999999</v>
+        <v>25.781165445833956</v>
       </c>
       <c r="R117">
         <v>6</v>
       </c>
       <c r="S117" s="3">
-        <v>30.937398535</v>
+        <v>30.937398535000746</v>
       </c>
       <c r="T117">
         <v>0</v>
       </c>
       <c r="U117" s="3">
         <v>0</v>
       </c>
       <c r="V117" s="4">
         <v>5282.9987000000001</v>
       </c>
       <c r="W117">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X117" s="3">
-        <v>37.857287376999999</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:24" x14ac:dyDescent="0.25">
+        <v>75.714574754674842</v>
+      </c>
+    </row>
+    <row r="118" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
-        <v>139</v>
+        <v>254</v>
       </c>
       <c r="B118" t="s">
-        <v>306</v>
+        <v>255</v>
       </c>
       <c r="C118" s="4">
         <v>20367.998100000001</v>
       </c>
       <c r="D118" s="4">
         <v>20367.998100000001</v>
       </c>
       <c r="E118" s="3">
         <v>100</v>
       </c>
       <c r="F118">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G118" s="3">
-        <v>44.186964058999997</v>
+        <v>39.277301385844098</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
       <c r="J118">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K118" s="3">
-        <v>24.548313365999999</v>
+        <v>34.367638712613584</v>
       </c>
       <c r="L118">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M118" s="3">
-        <v>88.373928117999995</v>
+        <v>83.464265444918709</v>
       </c>
       <c r="N118">
         <v>21</v>
       </c>
       <c r="O118" s="3">
-        <v>103.102916138</v>
+        <v>103.10291613784075</v>
       </c>
       <c r="P118">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q118" s="3">
-        <v>14.728988019999999</v>
+        <v>19.638650692922049</v>
       </c>
       <c r="R118">
         <v>2</v>
       </c>
       <c r="S118" s="3">
-        <v>9.8193253459999994</v>
+        <v>9.8193253464610244</v>
       </c>
       <c r="T118">
         <v>1</v>
       </c>
       <c r="U118" s="3">
-        <v>4.9096626729999997</v>
+        <v>4.9096626732305122</v>
       </c>
       <c r="V118" s="4">
-        <v>5410.0816000000004</v>
+        <v>5410.0815999999995</v>
       </c>
       <c r="W118">
         <v>1</v>
       </c>
       <c r="X118" s="3">
-        <v>18.484009557</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:24" x14ac:dyDescent="0.25">
+        <v>18.484009557268045</v>
+      </c>
+    </row>
+    <row r="119" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
-        <v>140</v>
+        <v>256</v>
       </c>
       <c r="B119" t="s">
-        <v>307</v>
+        <v>257</v>
       </c>
       <c r="C119" s="4">
-        <v>9431.0043999999998</v>
+        <v>9431.0044000000016</v>
       </c>
       <c r="D119" s="4">
-        <v>9431.0043999999998</v>
+        <v>9431.0044000000016</v>
       </c>
       <c r="E119" s="3">
         <v>100</v>
       </c>
       <c r="F119">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G119" s="3">
-        <v>42.413297993999997</v>
+        <v>31.809973495505943</v>
       </c>
       <c r="H119">
         <v>4</v>
       </c>
       <c r="I119" s="3">
-        <v>42.413297993999997</v>
+        <v>42.413297994007927</v>
       </c>
       <c r="J119">
         <v>3</v>
       </c>
       <c r="K119" s="3">
-        <v>31.809973496000001</v>
+        <v>31.809973495505943</v>
       </c>
       <c r="L119">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M119" s="3">
-        <v>74.223271490000002</v>
+        <v>95.42992048651783</v>
       </c>
       <c r="N119">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="O119" s="3">
-        <v>159.04986747800001</v>
+        <v>180.2565164745337</v>
       </c>
       <c r="P119">
         <v>1</v>
       </c>
       <c r="Q119" s="3">
-        <v>10.603324498999999</v>
+        <v>10.603324498501982</v>
       </c>
       <c r="R119">
         <v>3</v>
       </c>
       <c r="S119" s="3">
-        <v>31.809973496000001</v>
+        <v>31.809973495505943</v>
       </c>
       <c r="T119">
         <v>0</v>
       </c>
       <c r="U119" s="3">
         <v>0</v>
       </c>
       <c r="V119" s="4">
-        <v>2271.1354000000001</v>
+        <v>2271.1353999999997</v>
       </c>
       <c r="W119">
         <v>0</v>
       </c>
       <c r="X119" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="B120" t="s">
-        <v>308</v>
+        <v>259</v>
       </c>
       <c r="C120" s="4">
-        <v>11051.9962</v>
+        <v>11051.996199999996</v>
       </c>
       <c r="D120" s="4">
-        <v>8238.0018999999993</v>
+        <v>8238.0018999999975</v>
       </c>
       <c r="E120" s="3">
-        <v>74.538587879999994</v>
+        <v>74.538587879717156</v>
       </c>
       <c r="F120">
+        <v>5</v>
+      </c>
+      <c r="G120" s="3">
+        <v>45.240695974904533</v>
+      </c>
+      <c r="H120">
+        <v>1</v>
+      </c>
+      <c r="I120" s="3">
+        <v>9.0481391949809069</v>
+      </c>
+      <c r="J120">
         <v>4</v>
       </c>
-      <c r="G120" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="K120" s="3">
-        <v>18.096278389999998</v>
+        <v>36.192556779923628</v>
       </c>
       <c r="L120">
         <v>3</v>
       </c>
       <c r="M120" s="3">
-        <v>27.144417584999999</v>
+        <v>27.144417584942715</v>
       </c>
       <c r="N120">
         <v>6</v>
       </c>
       <c r="O120" s="3">
-        <v>54.288835169999999</v>
+        <v>54.288835169885431</v>
       </c>
       <c r="P120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q120" s="3">
-        <v>9.0481391949999992</v>
+        <v>18.096278389961814</v>
       </c>
       <c r="R120">
         <v>2</v>
       </c>
       <c r="S120" s="3">
-        <v>18.096278389999998</v>
+        <v>18.096278389961814</v>
       </c>
       <c r="T120">
         <v>0</v>
       </c>
       <c r="U120" s="3">
         <v>0</v>
       </c>
       <c r="V120" s="4">
-        <v>2871.2651000000001</v>
+        <v>2871.2651000000005</v>
       </c>
       <c r="W120">
         <v>0</v>
       </c>
       <c r="X120" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="121" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
-        <v>142</v>
+        <v>260</v>
       </c>
       <c r="B121" t="s">
-        <v>309</v>
+        <v>261</v>
       </c>
       <c r="C121" s="4">
-        <v>20840.997599999999</v>
+        <v>20840.997599999995</v>
       </c>
       <c r="D121" s="4">
-        <v>20840.997599999999</v>
+        <v>20840.997599999995</v>
       </c>
       <c r="E121" s="3">
         <v>100</v>
       </c>
       <c r="F121">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G121" s="3">
-        <v>71.973522035000002</v>
+        <v>76.771756837590175</v>
       </c>
       <c r="H121">
         <v>1</v>
       </c>
       <c r="I121" s="3">
-        <v>4.7982348019999996</v>
+        <v>4.7982348023493859</v>
       </c>
       <c r="J121">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K121" s="3">
-        <v>23.991174011999998</v>
+        <v>43.184113221144472</v>
       </c>
       <c r="L121">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M121" s="3">
-        <v>115.15763525600001</v>
+        <v>110.35940045403588</v>
       </c>
       <c r="N121">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="O121" s="3">
-        <v>86.368226441999994</v>
+        <v>81.569991639939559</v>
       </c>
       <c r="P121">
         <v>3</v>
       </c>
       <c r="Q121" s="3">
-        <v>14.394704407000001</v>
+        <v>14.394704407048156</v>
       </c>
       <c r="R121">
         <v>5</v>
       </c>
       <c r="S121" s="3">
-        <v>23.991174011999998</v>
+        <v>23.991174011746928</v>
       </c>
       <c r="T121">
         <v>0</v>
       </c>
       <c r="U121" s="3">
         <v>0</v>
       </c>
       <c r="V121" s="4">
-        <v>5395.0609999999997</v>
+        <v>5395.0610000000006</v>
       </c>
       <c r="W121">
         <v>2</v>
       </c>
       <c r="X121" s="3">
-        <v>37.070943219999997</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:24" x14ac:dyDescent="0.25">
+        <v>37.070943220104461</v>
+      </c>
+    </row>
+    <row r="122" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
-        <v>143</v>
+        <v>262</v>
       </c>
       <c r="B122" t="s">
-        <v>310</v>
+        <v>263</v>
       </c>
       <c r="C122" s="4">
-        <v>25957.0039</v>
+        <v>25957.003900000007</v>
       </c>
       <c r="D122" s="4">
-        <v>25957.0039</v>
+        <v>25957.003900000007</v>
       </c>
       <c r="E122" s="3">
         <v>100</v>
       </c>
       <c r="F122">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G122" s="3">
-        <v>80.903019782000001</v>
+        <v>77.050495030360551</v>
       </c>
       <c r="H122">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I122" s="3">
-        <v>219.59391083700001</v>
+        <v>215.74138608500957</v>
       </c>
       <c r="J122">
         <v>15</v>
       </c>
       <c r="K122" s="3">
-        <v>57.787871273</v>
+        <v>57.78787127277041</v>
       </c>
       <c r="L122">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M122" s="3">
-        <v>80.903019782000001</v>
+        <v>84.755544533396602</v>
       </c>
       <c r="N122">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="O122" s="3">
-        <v>177.21613857</v>
+        <v>169.5110890667932</v>
       </c>
       <c r="P122">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Q122" s="3">
-        <v>26.967673261000002</v>
+        <v>23.115148509108167</v>
       </c>
       <c r="R122">
         <v>5</v>
       </c>
       <c r="S122" s="3">
-        <v>19.262623758</v>
+        <v>19.262623757590138</v>
       </c>
       <c r="T122">
         <v>2</v>
       </c>
       <c r="U122" s="3">
-        <v>7.7050495029999997</v>
+        <v>7.7050495030360553</v>
       </c>
       <c r="V122" s="4">
-        <v>6728.1126999999997</v>
+        <v>6728.1127000000006</v>
       </c>
       <c r="W122">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X122" s="3">
-        <v>74.315045287999993</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:24" x14ac:dyDescent="0.25">
+        <v>59.452036230011423</v>
+      </c>
+    </row>
+    <row r="123" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
-        <v>144</v>
+        <v>264</v>
       </c>
       <c r="B123" t="s">
-        <v>311</v>
+        <v>265</v>
       </c>
       <c r="C123" s="4">
         <v>18349.999899999999</v>
       </c>
       <c r="D123" s="4">
         <v>18349.999899999999</v>
       </c>
       <c r="E123" s="3">
         <v>100</v>
       </c>
       <c r="F123">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G123" s="3">
-        <v>65.395095724000001</v>
+        <v>54.495913103519968</v>
       </c>
       <c r="H123">
         <v>4</v>
       </c>
       <c r="I123" s="3">
-        <v>21.798365240999999</v>
+        <v>21.798365241407986</v>
       </c>
       <c r="J123">
         <v>9</v>
       </c>
       <c r="K123" s="3">
-        <v>49.046321792999997</v>
+        <v>49.046321793167962</v>
       </c>
       <c r="L123">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="M123" s="3">
-        <v>65.395095724000001</v>
+        <v>59.945504413871966</v>
       </c>
       <c r="N123">
         <v>13</v>
       </c>
       <c r="O123" s="3">
-        <v>70.844687035000007</v>
+        <v>70.844687034575955</v>
       </c>
       <c r="P123">
         <v>3</v>
       </c>
       <c r="Q123" s="3">
-        <v>16.348773931</v>
+        <v>16.348773931055991</v>
       </c>
       <c r="R123">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S123" s="3">
-        <v>27.247956552000002</v>
+        <v>21.798365241407986</v>
       </c>
       <c r="T123">
         <v>0</v>
       </c>
       <c r="U123" s="3">
         <v>0</v>
       </c>
       <c r="V123" s="4">
-        <v>4932.8136999999997</v>
+        <v>4932.8137000000006</v>
       </c>
       <c r="W123">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="X123" s="3">
-        <v>40.544811168999999</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:24" x14ac:dyDescent="0.25">
+        <v>20.272405584666615</v>
+      </c>
+    </row>
+    <row r="124" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
-        <v>145</v>
+        <v>266</v>
       </c>
       <c r="B124" t="s">
-        <v>312</v>
+        <v>267</v>
       </c>
       <c r="C124" s="4">
-        <v>31632.002199999999</v>
+        <v>31632.002200000006</v>
       </c>
       <c r="D124" s="4">
-        <v>31632.002199999999</v>
+        <v>31632.002200000006</v>
       </c>
       <c r="E124" s="3">
         <v>100</v>
       </c>
       <c r="F124">
         <v>52</v>
       </c>
       <c r="G124" s="3">
-        <v>164.39047920900001</v>
+        <v>164.3904792090587</v>
       </c>
       <c r="H124">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="I124" s="3">
-        <v>294.00604935500002</v>
+        <v>287.68333861585273</v>
       </c>
       <c r="J124">
         <v>32</v>
       </c>
       <c r="K124" s="3">
-        <v>101.163371821</v>
+        <v>101.16337182095918</v>
       </c>
       <c r="L124">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M124" s="3">
-        <v>256.069784922</v>
+        <v>265.55385103001794</v>
       </c>
       <c r="N124">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="O124" s="3">
-        <v>91.679305713000005</v>
+        <v>98.002016451554226</v>
       </c>
       <c r="P124">
         <v>14</v>
       </c>
       <c r="Q124" s="3">
-        <v>44.258975172</v>
+        <v>44.258975171669647</v>
       </c>
       <c r="R124">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="S124" s="3">
-        <v>31.613553694</v>
+        <v>34.774909063454722</v>
       </c>
       <c r="T124">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U124" s="3">
-        <v>6.3227107389999997</v>
+        <v>9.4840661082149254</v>
       </c>
       <c r="V124" s="4">
-        <v>8441.5331999999999</v>
+        <v>8441.533199999998</v>
       </c>
       <c r="W124">
         <v>6</v>
       </c>
       <c r="X124" s="3">
-        <v>71.077135608000006</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:24" x14ac:dyDescent="0.25">
+        <v>71.077135608493506</v>
+      </c>
+    </row>
+    <row r="125" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
-        <v>146</v>
+        <v>268</v>
       </c>
       <c r="B125" t="s">
-        <v>313</v>
+        <v>269</v>
       </c>
       <c r="C125" s="4">
-        <v>116344.0004</v>
+        <v>116344.00039999999</v>
       </c>
       <c r="D125" s="4">
-        <v>116344.0004</v>
+        <v>116344.00039999999</v>
       </c>
       <c r="E125" s="3">
         <v>100</v>
       </c>
       <c r="F125">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G125" s="3">
-        <v>84.232964022999994</v>
+        <v>86.81152414628508</v>
       </c>
       <c r="H125">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="I125" s="3">
-        <v>145.25888693799999</v>
+        <v>150.41600718415731</v>
       </c>
       <c r="J125">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="K125" s="3">
-        <v>81.654403900000005</v>
+        <v>90.249604310494391</v>
       </c>
       <c r="L125">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="M125" s="3">
-        <v>125.489925994</v>
+        <v>134.08512640416308</v>
       </c>
       <c r="N125">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="O125" s="3">
-        <v>68.761603284000003</v>
+        <v>70.480643366290849</v>
       </c>
       <c r="P125">
         <v>34</v>
       </c>
       <c r="Q125" s="3">
-        <v>29.223681396</v>
+        <v>29.223681395779131</v>
       </c>
       <c r="R125">
         <v>28</v>
       </c>
       <c r="S125" s="3">
-        <v>24.066561149000002</v>
+        <v>24.066561149465169</v>
       </c>
       <c r="T125">
         <v>7</v>
       </c>
       <c r="U125" s="3">
-        <v>6.0166402870000004</v>
+        <v>6.0166402873662923</v>
       </c>
       <c r="V125" s="4">
-        <v>35199.601499999997</v>
+        <v>35199.601500000004</v>
       </c>
       <c r="W125">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="X125" s="3">
-        <v>39.773177545999999</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:24" x14ac:dyDescent="0.25">
+        <v>36.932236292504612</v>
+      </c>
+    </row>
+    <row r="126" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
-        <v>147</v>
+        <v>270</v>
       </c>
       <c r="B126" t="s">
-        <v>314</v>
+        <v>271</v>
       </c>
       <c r="C126" s="4">
-        <v>10010.0003</v>
+        <v>10010.000300000003</v>
       </c>
       <c r="D126" s="4">
-        <v>10010.0003</v>
+        <v>10010.000300000003</v>
       </c>
       <c r="E126" s="3">
         <v>100</v>
       </c>
       <c r="F126">
         <v>3</v>
       </c>
       <c r="G126" s="3">
-        <v>29.970029071999999</v>
+        <v>29.970029071827287</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
       <c r="J126">
         <v>3</v>
       </c>
       <c r="K126" s="3">
-        <v>29.970029071999999</v>
+        <v>29.970029071827287</v>
       </c>
       <c r="L126">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M126" s="3">
-        <v>59.940058143999998</v>
+        <v>49.95004845304549</v>
       </c>
       <c r="N126">
         <v>10</v>
       </c>
       <c r="O126" s="3">
-        <v>99.900096906000002</v>
+        <v>99.90009690609098</v>
       </c>
       <c r="P126">
         <v>1</v>
       </c>
       <c r="Q126" s="3">
-        <v>9.9900096909999991</v>
+        <v>9.9900096906090976</v>
       </c>
       <c r="R126">
         <v>2</v>
       </c>
       <c r="S126" s="3">
-        <v>19.980019381000002</v>
+        <v>19.980019381218195</v>
       </c>
       <c r="T126">
         <v>1</v>
       </c>
       <c r="U126" s="3">
-        <v>9.9900096909999991</v>
+        <v>9.9900096906090976</v>
       </c>
       <c r="V126" s="4">
-        <v>2580.2294999999999</v>
+        <v>2580.2294999999995</v>
       </c>
       <c r="W126">
         <v>0</v>
       </c>
       <c r="X126" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="127" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
-        <v>148</v>
+        <v>272</v>
       </c>
       <c r="B127" t="s">
-        <v>315</v>
+        <v>273</v>
       </c>
       <c r="C127" s="4">
-        <v>26107.990099999999</v>
+        <v>26107.990100000003</v>
       </c>
       <c r="D127" s="4">
-        <v>26107.990099999999</v>
+        <v>26107.990100000003</v>
       </c>
       <c r="E127" s="3">
         <v>100</v>
       </c>
       <c r="F127">
         <v>11</v>
       </c>
       <c r="G127" s="3">
-        <v>42.132695615000003</v>
+        <v>42.132695614895297</v>
       </c>
       <c r="H127">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I127" s="3">
-        <v>107.246861565</v>
+        <v>118.73759673288674</v>
       </c>
       <c r="J127">
         <v>5</v>
       </c>
       <c r="K127" s="3">
-        <v>19.151225278999998</v>
+        <v>19.151225279497861</v>
       </c>
       <c r="L127">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M127" s="3">
-        <v>34.472205502999998</v>
+        <v>38.302450558995723</v>
       </c>
       <c r="N127">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O127" s="3">
-        <v>95.756126397000003</v>
+        <v>91.925881341589744</v>
       </c>
       <c r="P127">
         <v>5</v>
       </c>
       <c r="Q127" s="3">
-        <v>19.151225278999998</v>
+        <v>19.151225279497861</v>
       </c>
       <c r="R127">
         <v>4</v>
       </c>
       <c r="S127" s="3">
-        <v>15.320980223999999</v>
+        <v>15.320980223598291</v>
       </c>
       <c r="T127">
         <v>0</v>
       </c>
       <c r="U127" s="3">
         <v>0</v>
       </c>
       <c r="V127" s="4">
         <v>6799.5806000000002</v>
       </c>
       <c r="W127">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X127" s="3">
-        <v>14.706789415999999</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:24" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
-        <v>149</v>
+        <v>274</v>
       </c>
       <c r="B128" t="s">
-        <v>316</v>
+        <v>275</v>
       </c>
       <c r="C128" s="4">
-        <v>9128.0064999999995</v>
+        <v>9128.0064999999959</v>
       </c>
       <c r="D128" s="4">
-        <v>6786.0007999999998</v>
+        <v>6786.000799999998</v>
       </c>
       <c r="E128" s="3">
-        <v>74.342637683000007</v>
+        <v>74.342637683266346</v>
       </c>
       <c r="F128">
         <v>5</v>
       </c>
       <c r="G128" s="3">
-        <v>54.776472826000003</v>
+        <v>54.776472825693126</v>
       </c>
       <c r="H128">
         <v>0</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
       <c r="J128">
         <v>0</v>
       </c>
       <c r="K128" s="3">
         <v>0</v>
       </c>
       <c r="L128">
         <v>5</v>
       </c>
       <c r="M128" s="3">
-        <v>54.776472826000003</v>
+        <v>54.776472825693126</v>
       </c>
       <c r="N128">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="O128" s="3">
-        <v>186.240007607</v>
+        <v>175.28471304221802</v>
       </c>
       <c r="P128">
         <v>2</v>
       </c>
       <c r="Q128" s="3">
-        <v>21.910589130000002</v>
+        <v>21.910589130277252</v>
       </c>
       <c r="R128">
         <v>1</v>
       </c>
       <c r="S128" s="3">
-        <v>10.955294565000001</v>
+        <v>10.955294565138626</v>
       </c>
       <c r="T128">
         <v>0</v>
       </c>
       <c r="U128" s="3">
         <v>0</v>
       </c>
       <c r="V128" s="4">
-        <v>2377.6905000000002</v>
+        <v>2377.6904999999997</v>
       </c>
       <c r="W128">
         <v>0</v>
       </c>
       <c r="X128" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
-        <v>150</v>
+        <v>276</v>
       </c>
       <c r="B129" t="s">
-        <v>317</v>
+        <v>277</v>
       </c>
       <c r="C129" s="4">
-        <v>12501.000400000001</v>
+        <v>12501.000400000003</v>
       </c>
       <c r="D129" s="4">
-        <v>12501.000400000001</v>
+        <v>12501.000400000003</v>
       </c>
       <c r="E129" s="3">
         <v>100</v>
       </c>
       <c r="F129">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G129" s="3">
-        <v>79.993597952000002</v>
+        <v>71.99423815713179</v>
       </c>
       <c r="H129">
         <v>0</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
       <c r="J129">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K129" s="3">
-        <v>87.992957747999995</v>
+        <v>95.9923175428424</v>
       </c>
       <c r="L129">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M129" s="3">
-        <v>103.991677338</v>
+        <v>111.99103713331613</v>
       </c>
       <c r="N129">
         <v>14</v>
       </c>
       <c r="O129" s="3">
-        <v>111.99103713300001</v>
+        <v>111.99103713331613</v>
       </c>
       <c r="P129">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q129" s="3">
-        <v>23.998079386000001</v>
+        <v>31.997439180947463</v>
       </c>
       <c r="R129">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="S129" s="3">
-        <v>63.994878362000001</v>
+        <v>55.995518566658063</v>
       </c>
       <c r="T129">
         <v>1</v>
       </c>
       <c r="U129" s="3">
-        <v>7.9993597950000002</v>
+        <v>7.9993597952368658</v>
       </c>
       <c r="V129" s="4">
-        <v>3255.5578</v>
+        <v>3255.5577999999996</v>
       </c>
       <c r="W129">
         <v>0</v>
       </c>
       <c r="X129" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
-        <v>151</v>
+        <v>278</v>
       </c>
       <c r="B130" t="s">
-        <v>318</v>
+        <v>279</v>
       </c>
       <c r="C130" s="4">
-        <v>27153.0013</v>
+        <v>27153.001300000004</v>
       </c>
       <c r="D130" s="4">
-        <v>27153.0013</v>
+        <v>27153.001300000004</v>
       </c>
       <c r="E130" s="3">
         <v>100</v>
       </c>
       <c r="F130">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G130" s="3">
-        <v>40.511175463000001</v>
+        <v>47.87684372850525</v>
       </c>
       <c r="H130">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I130" s="3">
-        <v>14.731336532</v>
+        <v>18.41417066480971</v>
       </c>
       <c r="J130">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K130" s="3">
-        <v>25.779838931</v>
+        <v>29.462673063695537</v>
       </c>
       <c r="L130">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="M130" s="3">
-        <v>139.94769705300001</v>
+        <v>158.36186771736351</v>
       </c>
       <c r="N130">
         <v>13</v>
       </c>
       <c r="O130" s="3">
-        <v>47.876843729000001</v>
+        <v>47.87684372850525</v>
       </c>
       <c r="P130">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q130" s="3">
-        <v>11.048502399</v>
+        <v>14.731336531847768</v>
       </c>
       <c r="R130">
         <v>7</v>
       </c>
       <c r="S130" s="3">
-        <v>25.779838931</v>
+        <v>25.779838930733593</v>
       </c>
       <c r="T130">
         <v>1</v>
       </c>
       <c r="U130" s="3">
-        <v>3.6828341330000001</v>
+        <v>3.6828341329619421</v>
       </c>
       <c r="V130" s="4">
-        <v>7790.9814999999999</v>
+        <v>7790.9814999999981</v>
       </c>
       <c r="W130">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X130" s="3">
-        <v>25.670706573</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:24" x14ac:dyDescent="0.25">
+        <v>38.506059859081951</v>
+      </c>
+    </row>
+    <row r="131" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
-        <v>152</v>
+        <v>280</v>
       </c>
       <c r="B131" t="s">
-        <v>319</v>
+        <v>281</v>
       </c>
       <c r="C131" s="4">
-        <v>16607.999599999999</v>
+        <v>16607.999600000003</v>
       </c>
       <c r="D131" s="4">
-        <v>16607.999599999999</v>
+        <v>16607.999600000003</v>
       </c>
       <c r="E131" s="3">
         <v>100</v>
       </c>
       <c r="F131">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G131" s="3">
-        <v>90.317921249999998</v>
+        <v>84.296726500402841</v>
       </c>
       <c r="H131">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I131" s="3">
-        <v>126.445089751</v>
+        <v>120.42389500057548</v>
       </c>
       <c r="J131">
         <v>3</v>
       </c>
       <c r="K131" s="3">
-        <v>18.063584250000002</v>
+        <v>18.063584250086322</v>
       </c>
       <c r="L131">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M131" s="3">
-        <v>138.487479251</v>
+        <v>144.50867400069058</v>
       </c>
       <c r="N131">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O131" s="3">
-        <v>96.339116000000004</v>
+        <v>102.36031075048916</v>
       </c>
       <c r="P131">
         <v>6</v>
       </c>
       <c r="Q131" s="3">
-        <v>36.127168500000003</v>
+        <v>36.127168500172644</v>
       </c>
       <c r="R131">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S131" s="3">
-        <v>18.063584250000002</v>
+        <v>24.084779000115098</v>
       </c>
       <c r="T131">
         <v>0</v>
       </c>
       <c r="U131" s="3">
         <v>0</v>
       </c>
       <c r="V131" s="4">
-        <v>4476.3761999999997</v>
+        <v>4476.3762000000006</v>
       </c>
       <c r="W131">
         <v>0</v>
       </c>
       <c r="X131" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
-        <v>153</v>
+        <v>282</v>
       </c>
       <c r="B132" t="s">
-        <v>320</v>
+        <v>283</v>
       </c>
       <c r="C132" s="4">
         <v>9534</v>
       </c>
       <c r="D132" s="4">
         <v>9534</v>
       </c>
       <c r="E132" s="3">
         <v>100</v>
       </c>
       <c r="F132">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G132" s="3">
-        <v>52.443885043000002</v>
+        <v>73.421439060205572</v>
       </c>
       <c r="H132">
         <v>3</v>
       </c>
       <c r="I132" s="3">
-        <v>31.466331025999999</v>
+        <v>31.466331025802393</v>
       </c>
       <c r="J132">
         <v>0</v>
       </c>
       <c r="K132" s="3">
         <v>0</v>
       </c>
       <c r="L132">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M132" s="3">
-        <v>188.79798615499999</v>
+        <v>199.28676316341515</v>
       </c>
       <c r="N132">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O132" s="3">
-        <v>52.443885043000002</v>
+        <v>62.932662051604787</v>
       </c>
       <c r="P132">
         <v>5</v>
       </c>
       <c r="Q132" s="3">
-        <v>52.443885043000002</v>
+        <v>52.443885043003988</v>
       </c>
       <c r="R132">
         <v>1</v>
       </c>
       <c r="S132" s="3">
-        <v>10.488777009</v>
+        <v>10.488777008600797</v>
       </c>
       <c r="T132">
         <v>1</v>
       </c>
       <c r="U132" s="3">
-        <v>10.488777009</v>
+        <v>10.488777008600797</v>
       </c>
       <c r="V132" s="4">
         <v>2561</v>
       </c>
       <c r="W132">
         <v>0</v>
       </c>
       <c r="X132" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="133" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
-        <v>154</v>
+        <v>284</v>
       </c>
       <c r="B133" t="s">
-        <v>321</v>
+        <v>285</v>
       </c>
       <c r="C133" s="4">
-        <v>23292.999299999999</v>
+        <v>23292.999299999996</v>
       </c>
       <c r="D133" s="4">
-        <v>23292.999299999999</v>
+        <v>23292.999299999996</v>
       </c>
       <c r="E133" s="3">
         <v>100</v>
       </c>
       <c r="F133">
         <v>21</v>
       </c>
       <c r="G133" s="3">
-        <v>90.155843520000005</v>
+        <v>90.155843519902575</v>
       </c>
       <c r="H133">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I133" s="3">
-        <v>832.86826870799996</v>
+        <v>845.74767492480044</v>
       </c>
       <c r="J133">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K133" s="3">
-        <v>34.345083246000002</v>
+        <v>30.051947839967525</v>
       </c>
       <c r="L133">
         <v>35</v>
       </c>
       <c r="M133" s="3">
-        <v>150.25973920000001</v>
+        <v>150.25973919983764</v>
       </c>
       <c r="N133">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="O133" s="3">
-        <v>64.397031085999998</v>
+        <v>60.10389567993505</v>
       </c>
       <c r="P133">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q133" s="3">
-        <v>8.5862708110000003</v>
+        <v>12.879406217128942</v>
       </c>
       <c r="R133">
         <v>3</v>
       </c>
       <c r="S133" s="3">
-        <v>12.879406217</v>
+        <v>12.879406217128942</v>
       </c>
       <c r="T133">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U133" s="3">
-        <v>12.879406217</v>
+        <v>17.172541622838587</v>
       </c>
       <c r="V133" s="4">
-        <v>6007.1782000000003</v>
+        <v>6007.1782000000021</v>
       </c>
       <c r="W133">
         <v>1</v>
       </c>
       <c r="X133" s="3">
-        <v>16.646751048999999</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:24" x14ac:dyDescent="0.25">
+        <v>16.646751048603814</v>
+      </c>
+    </row>
+    <row r="134" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
-        <v>155</v>
+        <v>286</v>
       </c>
       <c r="B134" t="s">
-        <v>322</v>
+        <v>287</v>
       </c>
       <c r="C134" s="4">
         <v>22580.0023</v>
       </c>
       <c r="D134" s="4">
         <v>22580.0023</v>
       </c>
       <c r="E134" s="3">
         <v>100</v>
       </c>
       <c r="F134">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G134" s="3">
-        <v>57.573067651999999</v>
+        <v>48.715672628607301</v>
       </c>
       <c r="H134">
         <v>0</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
       <c r="J134">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K134" s="3">
-        <v>22.143487558</v>
+        <v>31.000882581841015</v>
       </c>
       <c r="L134">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M134" s="3">
-        <v>75.287857699</v>
+        <v>79.71655521044832</v>
       </c>
       <c r="N134">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O134" s="3">
-        <v>110.717437792</v>
+        <v>106.28874028059776</v>
       </c>
       <c r="P134">
         <v>5</v>
       </c>
       <c r="Q134" s="3">
-        <v>22.143487558</v>
+        <v>22.143487558457867</v>
       </c>
       <c r="R134">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="S134" s="3">
-        <v>31.000882581999999</v>
+        <v>26.572185070149441</v>
       </c>
       <c r="T134">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U134" s="3">
-        <v>8.8573950230000005</v>
+        <v>13.286092535074721</v>
       </c>
       <c r="V134" s="4">
-        <v>5660.5432000000001</v>
+        <v>5660.5431999999992</v>
       </c>
       <c r="W134">
         <v>2</v>
       </c>
       <c r="X134" s="3">
-        <v>35.332298143999999</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:24" x14ac:dyDescent="0.25">
+        <v>35.332298144107448</v>
+      </c>
+    </row>
+    <row r="135" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
-        <v>156</v>
+        <v>288</v>
       </c>
       <c r="B135" t="s">
-        <v>323</v>
+        <v>289</v>
       </c>
       <c r="C135" s="4">
-        <v>19236.998</v>
+        <v>19236.997999999996</v>
       </c>
       <c r="D135" s="4">
-        <v>6516.9971999999998</v>
+        <v>6516.9972000000007</v>
       </c>
       <c r="E135" s="3">
-        <v>33.877412681999999</v>
+        <v>33.877412681542111</v>
       </c>
       <c r="F135">
         <v>8</v>
       </c>
       <c r="G135" s="3">
-        <v>41.586530289000002</v>
+        <v>41.586530289185461</v>
       </c>
       <c r="H135">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I135" s="3">
-        <v>25.991581431</v>
+        <v>31.189897716889096</v>
       </c>
       <c r="J135">
         <v>5</v>
       </c>
       <c r="K135" s="3">
-        <v>25.991581431</v>
+        <v>25.991581430740915</v>
       </c>
       <c r="L135">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="M135" s="3">
-        <v>62.379795434000002</v>
+        <v>72.776428006074568</v>
       </c>
       <c r="N135">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="O135" s="3">
-        <v>140.35453972600001</v>
+        <v>145.55285601214914</v>
       </c>
       <c r="P135">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q135" s="3">
-        <v>15.594948858</v>
+        <v>20.793265144592731</v>
       </c>
       <c r="R135">
         <v>2</v>
       </c>
       <c r="S135" s="3">
-        <v>10.396632572</v>
+        <v>10.396632572296365</v>
       </c>
       <c r="T135">
         <v>0</v>
       </c>
       <c r="U135" s="3">
         <v>0</v>
       </c>
       <c r="V135" s="4">
-        <v>4422.2331999999997</v>
+        <v>4422.2332000000006</v>
       </c>
       <c r="W135">
         <v>1</v>
       </c>
       <c r="X135" s="3">
-        <v>22.613009192</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:24" x14ac:dyDescent="0.25">
+        <v>22.613009191826425</v>
+      </c>
+    </row>
+    <row r="136" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
-        <v>157</v>
+        <v>290</v>
       </c>
       <c r="B136" t="s">
-        <v>324</v>
+        <v>291</v>
       </c>
       <c r="C136" s="4">
-        <v>31510.0062</v>
+        <v>31510.006200000003</v>
       </c>
       <c r="D136" s="4">
-        <v>6871.0032000000001</v>
+        <v>6871.0031999999992</v>
       </c>
       <c r="E136" s="3">
-        <v>21.805781808999999</v>
+        <v>21.805781809081328</v>
       </c>
       <c r="F136">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G136" s="3">
-        <v>60.29830613</v>
+        <v>66.645496248743981</v>
       </c>
       <c r="H136">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I136" s="3">
-        <v>111.075827081</v>
+        <v>120.59661225963198</v>
       </c>
       <c r="J136">
         <v>9</v>
       </c>
       <c r="K136" s="3">
-        <v>28.562355534999998</v>
+        <v>28.562355535175996</v>
       </c>
       <c r="L136">
         <v>31</v>
       </c>
       <c r="M136" s="3">
-        <v>98.381446843000006</v>
+        <v>98.381446843383983</v>
       </c>
       <c r="N136">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="O136" s="3">
-        <v>152.332562854</v>
+        <v>155.50615791373596</v>
       </c>
       <c r="P136">
         <v>3</v>
       </c>
       <c r="Q136" s="3">
-        <v>9.5207851780000006</v>
+        <v>9.5207851783919981</v>
       </c>
       <c r="R136">
         <v>10</v>
       </c>
       <c r="S136" s="3">
-        <v>31.735950594999998</v>
+        <v>31.735950594639991</v>
       </c>
       <c r="T136">
         <v>2</v>
       </c>
       <c r="U136" s="3">
-        <v>6.3471901190000004</v>
+        <v>6.3471901189279984</v>
       </c>
       <c r="V136" s="4">
         <v>7040.1261999999997</v>
       </c>
       <c r="W136">
         <v>2</v>
       </c>
       <c r="X136" s="3">
-        <v>28.408581652999999</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:24" x14ac:dyDescent="0.25">
+        <v>28.408581652982303</v>
+      </c>
+    </row>
+    <row r="137" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="B137" t="s">
-        <v>325</v>
+        <v>293</v>
       </c>
       <c r="C137" s="4">
-        <v>15929.9998</v>
+        <v>15929.999800000001</v>
       </c>
       <c r="D137" s="4">
         <v>3846.9985000000001</v>
       </c>
       <c r="E137" s="3">
-        <v>24.149394527999998</v>
+        <v>24.149394527927114</v>
       </c>
       <c r="F137">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G137" s="3">
-        <v>94.161959750999998</v>
+        <v>100.43942373433048</v>
       </c>
       <c r="H137">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I137" s="3">
-        <v>12.554927966999999</v>
+        <v>0</v>
       </c>
       <c r="J137">
         <v>7</v>
       </c>
       <c r="K137" s="3">
-        <v>43.942247883999997</v>
+        <v>43.942247883769589</v>
       </c>
       <c r="L137">
         <v>13</v>
       </c>
       <c r="M137" s="3">
-        <v>81.607031784</v>
+        <v>81.607031784143516</v>
       </c>
       <c r="N137">
         <v>24</v>
       </c>
       <c r="O137" s="3">
-        <v>150.659135601</v>
+        <v>150.65913560149571</v>
       </c>
       <c r="P137">
         <v>2</v>
       </c>
       <c r="Q137" s="3">
-        <v>12.554927966999999</v>
+        <v>12.554927966791309</v>
       </c>
       <c r="R137">
         <v>3</v>
       </c>
       <c r="S137" s="3">
-        <v>18.832391950000002</v>
+        <v>18.832391950186963</v>
       </c>
       <c r="T137">
         <v>0</v>
       </c>
       <c r="U137" s="3">
         <v>0</v>
       </c>
       <c r="V137" s="4">
         <v>4089.8404</v>
       </c>
       <c r="W137">
         <v>3</v>
       </c>
       <c r="X137" s="3">
-        <v>73.352495613000002</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:24" x14ac:dyDescent="0.25">
+        <v>73.352495613276247</v>
+      </c>
+    </row>
+    <row r="138" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A138" t="s">
-        <v>159</v>
+        <v>294</v>
       </c>
       <c r="B138" t="s">
-        <v>326</v>
+        <v>295</v>
       </c>
       <c r="C138" s="4">
         <v>7134.0024999999996</v>
       </c>
       <c r="D138" s="4">
         <v>1777.0027</v>
       </c>
       <c r="E138" s="3">
-        <v>24.908916137999999</v>
+        <v>24.908916137890337</v>
       </c>
       <c r="F138">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G138" s="3">
-        <v>70.086883205000007</v>
+        <v>56.069506563811835</v>
       </c>
       <c r="H138">
         <v>0</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
       <c r="J138">
         <v>2</v>
       </c>
       <c r="K138" s="3">
-        <v>28.034753282</v>
+        <v>28.034753281905918</v>
       </c>
       <c r="L138">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M138" s="3">
-        <v>28.034753282</v>
+        <v>42.052129922858875</v>
       </c>
       <c r="N138">
         <v>8</v>
       </c>
       <c r="O138" s="3">
-        <v>112.139013128</v>
+        <v>112.13901312762367</v>
       </c>
       <c r="P138">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q138" s="3">
-        <v>14.017376641</v>
+        <v>28.034753281905918</v>
       </c>
       <c r="R138">
         <v>1</v>
       </c>
       <c r="S138" s="3">
-        <v>14.017376641</v>
+        <v>14.017376640952959</v>
       </c>
       <c r="T138">
         <v>0</v>
       </c>
       <c r="U138" s="3">
         <v>0</v>
       </c>
       <c r="V138" s="4">
         <v>1505.1086</v>
       </c>
       <c r="W138">
         <v>1</v>
       </c>
       <c r="X138" s="3">
-        <v>66.440388420999994</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:24" x14ac:dyDescent="0.25">
+        <v>66.440388421141165</v>
+      </c>
+    </row>
+    <row r="139" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A139" t="s">
-        <v>160</v>
+        <v>296</v>
       </c>
       <c r="B139" t="s">
-        <v>327</v>
+        <v>297</v>
       </c>
       <c r="C139" s="4">
         <v>22192.001499999998</v>
       </c>
       <c r="D139" s="4">
-        <v>5431.0015000000003</v>
+        <v>5431.0015000000012</v>
       </c>
       <c r="E139" s="3">
-        <v>24.472788090000002</v>
+        <v>24.472788089889061</v>
       </c>
       <c r="F139">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G139" s="3">
-        <v>72.098048478999999</v>
+        <v>67.591920449356493</v>
       </c>
       <c r="H139">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I139" s="3">
-        <v>22.53064015</v>
+        <v>27.036768179742602</v>
       </c>
       <c r="J139">
         <v>2</v>
       </c>
       <c r="K139" s="3">
-        <v>9.0122560600000003</v>
+        <v>9.0122560599141988</v>
       </c>
       <c r="L139">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M139" s="3">
-        <v>72.098048478999999</v>
+        <v>63.085792419399397</v>
       </c>
       <c r="N139">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="O139" s="3">
-        <v>108.14707271899999</v>
+        <v>126.17158483879879</v>
       </c>
       <c r="P139">
         <v>10</v>
       </c>
       <c r="Q139" s="3">
-        <v>45.0612803</v>
+        <v>45.061280299571003</v>
       </c>
       <c r="R139">
         <v>6</v>
       </c>
       <c r="S139" s="3">
-        <v>27.036768179999999</v>
+        <v>27.036768179742602</v>
       </c>
       <c r="T139">
         <v>1</v>
       </c>
       <c r="U139" s="3">
-        <v>4.5061280300000002</v>
+        <v>4.5061280299570994</v>
       </c>
       <c r="V139" s="4">
-        <v>5256.6725999999999</v>
+        <v>5256.672599999999</v>
       </c>
       <c r="W139">
         <v>3</v>
       </c>
       <c r="X139" s="3">
-        <v>57.070322394000002</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:24" x14ac:dyDescent="0.25">
+        <v>57.070322393675433</v>
+      </c>
+    </row>
+    <row r="140" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A140" t="s">
-        <v>161</v>
+        <v>298</v>
       </c>
       <c r="B140" t="s">
-        <v>328</v>
+        <v>299</v>
       </c>
       <c r="C140" s="4">
         <v>13333.003500000001</v>
       </c>
       <c r="D140" s="4">
-        <v>3908.0016000000001</v>
+        <v>3908.0015999999996</v>
       </c>
       <c r="E140" s="3">
-        <v>29.310737073999999</v>
+        <v>29.310737074358375</v>
       </c>
       <c r="F140">
         <v>7</v>
       </c>
       <c r="G140" s="3">
-        <v>52.501298751</v>
+        <v>52.501298750877844</v>
       </c>
       <c r="H140">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I140" s="3">
-        <v>15.000371072</v>
+        <v>22.50055660751908</v>
       </c>
       <c r="J140">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K140" s="3">
-        <v>15.000371072</v>
+        <v>30.000742143358771</v>
       </c>
       <c r="L140">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="M140" s="3">
-        <v>67.501669823</v>
+        <v>60.001484286717542</v>
       </c>
       <c r="N140">
         <v>15</v>
       </c>
       <c r="O140" s="3">
-        <v>112.502783038</v>
+        <v>112.50278303759538</v>
       </c>
       <c r="P140">
         <v>0</v>
       </c>
       <c r="Q140" s="3">
         <v>0</v>
       </c>
       <c r="R140">
         <v>3</v>
       </c>
       <c r="S140" s="3">
-        <v>22.500556608</v>
+        <v>22.50055660751908</v>
       </c>
       <c r="T140">
         <v>0</v>
       </c>
       <c r="U140" s="3">
         <v>0</v>
       </c>
       <c r="V140" s="4">
         <v>3021.3090999999999</v>
       </c>
       <c r="W140">
         <v>1</v>
       </c>
       <c r="X140" s="3">
-        <v>33.098235463999998</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:24" x14ac:dyDescent="0.25">
+        <v>33.098235463561139</v>
+      </c>
+    </row>
+    <row r="141" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A141" t="s">
-        <v>162</v>
+        <v>300</v>
       </c>
       <c r="B141" t="s">
-        <v>329</v>
+        <v>301</v>
       </c>
       <c r="C141" s="4">
-        <v>7656.9997000000003</v>
+        <v>7656.9997000000012</v>
       </c>
       <c r="D141" s="4">
-        <v>331.00119999999998</v>
+        <v>331.00119999999993</v>
       </c>
       <c r="E141" s="3">
-        <v>4.3228576849999998</v>
+        <v>4.3228576853672847</v>
       </c>
       <c r="F141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G141" s="3">
-        <v>52.239782640000001</v>
+        <v>78.359673959501379</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
       <c r="J141">
         <v>3</v>
       </c>
       <c r="K141" s="3">
-        <v>39.179836979999997</v>
+        <v>39.179836979750689</v>
       </c>
       <c r="L141">
         <v>5</v>
       </c>
       <c r="M141" s="3">
-        <v>65.299728299999998</v>
+        <v>65.299728299584487</v>
       </c>
       <c r="N141">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="O141" s="3">
-        <v>78.359673959999995</v>
+        <v>91.419619619418285</v>
       </c>
       <c r="P141">
         <v>1</v>
       </c>
       <c r="Q141" s="3">
-        <v>13.05994566</v>
+        <v>13.059945659916897</v>
       </c>
       <c r="R141">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="S141" s="3">
-        <v>26.119891320000001</v>
+        <v>13.059945659916897</v>
       </c>
       <c r="T141">
         <v>0</v>
       </c>
       <c r="U141" s="3">
         <v>0</v>
       </c>
       <c r="V141" s="4">
-        <v>1834.0329999999999</v>
+        <v>1834.0330000000004</v>
       </c>
       <c r="W141">
         <v>0</v>
       </c>
       <c r="X141" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="142" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
-        <v>163</v>
+        <v>302</v>
       </c>
       <c r="B142" t="s">
-        <v>330</v>
+        <v>303</v>
       </c>
       <c r="C142" s="4">
         <v>15388.002500000001</v>
       </c>
       <c r="D142" s="4">
-        <v>3256.9998999999998</v>
+        <v>3256.9999000000007</v>
       </c>
       <c r="E142" s="3">
-        <v>21.165839426000002</v>
+        <v>21.165839425877401</v>
       </c>
       <c r="F142">
         <v>6</v>
       </c>
       <c r="G142" s="3">
-        <v>38.991415551999999</v>
+        <v>38.991415552473427</v>
       </c>
       <c r="H142">
         <v>1</v>
       </c>
       <c r="I142" s="3">
-        <v>6.4985692589999999</v>
+        <v>6.4985692587455715</v>
       </c>
       <c r="J142">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K142" s="3">
-        <v>25.994277035</v>
+        <v>32.492846293727858</v>
       </c>
       <c r="L142">
         <v>4</v>
       </c>
       <c r="M142" s="3">
-        <v>25.994277035</v>
+        <v>25.994277034982286</v>
       </c>
       <c r="N142">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="O142" s="3">
-        <v>110.47567739900001</v>
+        <v>97.478538881183567</v>
       </c>
       <c r="P142">
         <v>0</v>
       </c>
       <c r="Q142" s="3">
         <v>0</v>
       </c>
       <c r="R142">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S142" s="3">
-        <v>25.994277035</v>
+        <v>19.495707776236713</v>
       </c>
       <c r="T142">
         <v>0</v>
       </c>
       <c r="U142" s="3">
         <v>0</v>
       </c>
       <c r="V142" s="4">
         <v>3971.069</v>
       </c>
       <c r="W142">
         <v>0</v>
       </c>
       <c r="X142" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="143" spans="1:24" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
-        <v>164</v>
+        <v>304</v>
       </c>
       <c r="B143" t="s">
-        <v>331</v>
+        <v>305</v>
       </c>
       <c r="C143" s="4">
         <v>25431.001700000001</v>
       </c>
       <c r="D143" s="4">
         <v>8920.0017000000007</v>
       </c>
       <c r="E143" s="3">
-        <v>35.075306136999998</v>
+        <v>35.075306137075991</v>
       </c>
       <c r="F143">
         <v>5</v>
       </c>
       <c r="G143" s="3">
-        <v>19.661042294000001</v>
+        <v>19.661042293902248</v>
       </c>
       <c r="H143">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I143" s="3">
-        <v>121.89846222200001</v>
+        <v>125.83067068097438</v>
       </c>
       <c r="J143">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K143" s="3">
-        <v>62.915335339999999</v>
+        <v>74.711960716828543</v>
       </c>
       <c r="L143">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="M143" s="3">
-        <v>82.576377633999996</v>
+        <v>94.373003010730798</v>
       </c>
       <c r="N143">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="O143" s="3">
-        <v>66.847543798999993</v>
+        <v>70.779752258048092</v>
       </c>
       <c r="P143">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Q143" s="3">
-        <v>27.525459211000001</v>
+        <v>23.5932507526827</v>
       </c>
       <c r="R143">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="S143" s="3">
-        <v>27.525459211000001</v>
+        <v>31.457667670243595</v>
       </c>
       <c r="T143">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U143" s="3">
-        <v>7.8644169179999999</v>
+        <v>3.9322084587804493</v>
       </c>
       <c r="V143" s="4">
-        <v>7102.5762999999997</v>
+        <v>7102.5763000000006</v>
       </c>
       <c r="W143">
         <v>5</v>
       </c>
       <c r="X143" s="3">
-        <v>70.396991018999998</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:24" x14ac:dyDescent="0.25">
+        <v>70.396991018597006</v>
+      </c>
+    </row>
+    <row r="144" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
-        <v>165</v>
+        <v>306</v>
       </c>
       <c r="B144" t="s">
-        <v>332</v>
+        <v>307</v>
       </c>
       <c r="C144" s="4">
         <v>15578.002500000001</v>
       </c>
       <c r="D144" s="4">
         <v>8926.0033000000003</v>
       </c>
       <c r="E144" s="3">
-        <v>57.298766641999997</v>
+        <v>57.298766642257249</v>
       </c>
       <c r="F144">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G144" s="3">
-        <v>102.708932034</v>
+        <v>96.28962378199644</v>
       </c>
       <c r="H144">
         <v>8</v>
       </c>
       <c r="I144" s="3">
-        <v>51.354466017</v>
+        <v>51.354466017064766</v>
       </c>
       <c r="J144">
         <v>5</v>
       </c>
       <c r="K144" s="3">
-        <v>32.096541260999999</v>
+        <v>32.096541260665475</v>
       </c>
       <c r="L144">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M144" s="3">
-        <v>115.547548538</v>
+        <v>109.12824028626264</v>
       </c>
       <c r="N144">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="O144" s="3">
-        <v>147.644089799</v>
+        <v>141.22478154692811</v>
       </c>
       <c r="P144">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q144" s="3">
-        <v>25.677233008999998</v>
+        <v>32.096541260665475</v>
       </c>
       <c r="R144">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S144" s="3">
-        <v>12.838616504000001</v>
+        <v>19.257924756399287</v>
       </c>
       <c r="T144">
         <v>2</v>
       </c>
       <c r="U144" s="3">
-        <v>12.838616504000001</v>
+        <v>12.838616504266191</v>
       </c>
       <c r="V144" s="4">
-        <v>3323.2921999999999</v>
+        <v>3323.2922000000003</v>
       </c>
       <c r="W144">
         <v>1</v>
       </c>
       <c r="X144" s="3">
-        <v>30.090643247999999</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:24" x14ac:dyDescent="0.25">
+        <v>30.090643248282529</v>
+      </c>
+    </row>
+    <row r="145" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
-        <v>166</v>
+        <v>308</v>
       </c>
       <c r="B145" t="s">
-        <v>333</v>
+        <v>309</v>
       </c>
       <c r="C145" s="4">
         <v>11357.0065</v>
       </c>
       <c r="D145" s="4">
         <v>4547.0070999999998</v>
       </c>
       <c r="E145" s="3">
-        <v>40.037021199000002</v>
+        <v>40.037021199204204</v>
       </c>
       <c r="F145">
         <v>6</v>
       </c>
       <c r="G145" s="3">
-        <v>52.830822980999997</v>
+        <v>52.830822981390391</v>
       </c>
       <c r="H145">
         <v>0</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
       <c r="J145">
         <v>2</v>
       </c>
       <c r="K145" s="3">
-        <v>17.610274326999999</v>
+        <v>17.610274327130131</v>
       </c>
       <c r="L145">
         <v>5</v>
       </c>
       <c r="M145" s="3">
-        <v>44.025685817999999</v>
+        <v>44.025685817825327</v>
       </c>
       <c r="N145">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="O145" s="3">
-        <v>88.051371635999999</v>
+        <v>79.24623447208559</v>
       </c>
       <c r="P145">
         <v>0</v>
       </c>
       <c r="Q145" s="3">
         <v>0</v>
       </c>
       <c r="R145">
         <v>4</v>
       </c>
       <c r="S145" s="3">
-        <v>35.220548653999998</v>
+        <v>35.220548654260263</v>
       </c>
       <c r="T145">
         <v>0</v>
       </c>
       <c r="U145" s="3">
         <v>0</v>
       </c>
       <c r="V145" s="4">
         <v>3187.9250999999999</v>
       </c>
       <c r="W145">
         <v>1</v>
       </c>
       <c r="X145" s="3">
-        <v>31.368365587</v>
+        <v>31.368365586757356</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
@@ -12207,47 +12207,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company>SAS Institute Inc</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>sas user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
-    <vt:lpwstr>2025-08-19T14:30:12Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-23T17:00:01Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
     <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
     <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
-    <vt:lpwstr>49128e34-1ea0-4c2a-9621-083d8fba49b8</vt:lpwstr>
+    <vt:lpwstr>ffee8c2a-c083-476d-962e-3bdd0e6241be</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>