--- v0 (2026-01-24)
+++ v1 (2026-03-14)
@@ -5,82 +5,82 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ETABLISSEMENTS\0- AUTORISATIONS SANITAIRES\04- REFORME DES AUTORISATIONS\02- ACTIVITES DE SOINS - TEXTES REGLEMENTAIRES\IMAGERIE DIAGNOSTIQUE ET INTER\Documents de travail\Caractéristiques de l'appareil\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ETABLISSEMENTS\0- AUTORISATIONS SANITAIRES\04- REFORME DES AUTORISATIONS\02- ACTIVITES DE SOINS - TEXTES REGLEMENTAIRES\IMAGERIE DIAGNOSTIQUE ET INTER\Mis en ligne Installation ou Remplacement d'équipement\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{251BD835-2E0D-4C2E-807E-85CC14304BAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FE29E97-AC92-4B63-8EB2-82FD943D1AC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="12852" windowWidth="23256" windowHeight="13896" xr2:uid="{51012DE3-7F9A-4194-9FA7-FB601063CACE}"/>
   </bookViews>
   <sheets>
     <sheet name="Fiche Appareil SUPPLEM." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>PERSONNE DECLARANTE</t>
   </si>
   <si>
     <t>Nom / prénom</t>
   </si>
   <si>
     <t>Adresse mail</t>
   </si>
   <si>
     <t>Numéro de téléphone</t>
   </si>
   <si>
     <t>IDENTIFICATION DU SITE</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Modèle</t>
   </si>
   <si>
     <t>Date du document</t>
   </si>
   <si>
@@ -157,53 +157,55 @@
       </rPr>
       <t>NON OBLIGATOIRE</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="9" tint="-0.249977111117893"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>INSTALLATION</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                               D'UN EQUIPEMENT MATERIEL LOURD DE RADIOLOGIE DIAGNOSTIQUE 
-FICHE D'INFORMATION SUR LES CARACTERISTIQUES DE L'APPAREIL </t>
+      <t xml:space="preserve"> D'UN EQUIPEMENT MATERIEL LOURD   </t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">FICHE D'INFORMATION SUR LES CARACTERISTIQUES DE L'APPAREIL </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -304,89 +306,98 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -749,265 +760,280 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B12E6B5F-90B4-4C02-B353-171E71A6BB0D}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G3" sqref="G3"/>
+      <selection activeCell="A3" sqref="A3:D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="48.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="21" style="1" customWidth="1"/>
     <col min="3" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="6" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="99" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="6" t="s">
+    <row r="2" spans="1:4" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="13"/>
-[...4 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+    </row>
+    <row r="3" spans="1:4" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="16"/>
+      <c r="C3" s="16"/>
+      <c r="D3" s="16"/>
+    </row>
+    <row r="4" spans="1:4" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="8"/>
+      <c r="B4" s="9"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+    </row>
+    <row r="5" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="4" t="s">
+    <row r="6" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
         <v>8</v>
-      </c>
-[...14 lines deleted...]
-        <v>9</v>
       </c>
       <c r="B6" s="10"/>
       <c r="C6" s="11"/>
       <c r="D6" s="12"/>
     </row>
-    <row r="7" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D7" s="7"/>
+    <row r="7" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="10"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="12"/>
     </row>
     <row r="8" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="4" t="s">
-        <v>1</v>
+      <c r="A8" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="11"/>
       <c r="D8" s="12"/>
     </row>
     <row r="9" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D9" s="12"/>
+      <c r="A9" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
     </row>
     <row r="10" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="11"/>
       <c r="D10" s="12"/>
     </row>
     <row r="11" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
-[...4 lines deleted...]
-      <c r="D11" s="7"/>
+      <c r="A11" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B11" s="10"/>
+      <c r="C11" s="11"/>
+      <c r="D11" s="12"/>
     </row>
     <row r="12" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B12" s="10"/>
       <c r="C12" s="11"/>
       <c r="D12" s="12"/>
     </row>
     <row r="13" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="12"/>
+      <c r="A13" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="13"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
     </row>
     <row r="14" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="11"/>
       <c r="D14" s="12"/>
     </row>
     <row r="15" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="11"/>
       <c r="D15" s="12"/>
     </row>
     <row r="16" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="11"/>
       <c r="D16" s="12"/>
     </row>
     <row r="17" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="11"/>
       <c r="D17" s="12"/>
     </row>
     <row r="18" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="11"/>
       <c r="D18" s="12"/>
     </row>
     <row r="19" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="11"/>
       <c r="D19" s="12"/>
     </row>
     <row r="20" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="9" t="s">
-        <v>19</v>
+      <c r="A20" s="4" t="s">
+        <v>15</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="11"/>
       <c r="D20" s="12"/>
     </row>
     <row r="21" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="9" t="s">
-        <v>21</v>
+      <c r="A21" s="4" t="s">
+        <v>16</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="11"/>
       <c r="D21" s="12"/>
     </row>
     <row r="22" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="9" t="s">
-        <v>20</v>
+      <c r="A22" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="11"/>
       <c r="D22" s="12"/>
     </row>
-    <row r="23" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>7</v>
+    <row r="23" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="7" t="s">
+        <v>21</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="11"/>
       <c r="D23" s="12"/>
     </row>
-    <row r="24" spans="1:4" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="24" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B24" s="10"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="12"/>
+    </row>
+    <row r="25" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B25" s="10"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="12"/>
+    </row>
+    <row r="26" spans="1:4" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="21">
-    <mergeCell ref="B9:D9"/>
+  <mergeCells count="22">
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="A2:D2"/>
     <mergeCell ref="B10:D10"/>
-    <mergeCell ref="B12:D12"/>
-[...1 lines deleted...]
-    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="B18:D18"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="B20:D20"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B16:D16"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B22:D22"/>
     <mergeCell ref="B23:D23"/>
-    <mergeCell ref="B15:D15"/>
-[...9 lines deleted...]
-    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B25:D25"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="3.937007874015748E-2" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">