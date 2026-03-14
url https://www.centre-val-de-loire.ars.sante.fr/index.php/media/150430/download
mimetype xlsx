--- v0 (2026-01-24)
+++ v1 (2026-03-14)
@@ -5,82 +5,82 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ETABLISSEMENTS\0- AUTORISATIONS SANITAIRES\04- REFORME DES AUTORISATIONS\02- ACTIVITES DE SOINS - TEXTES REGLEMENTAIRES\IMAGERIE DIAGNOSTIQUE ET INTER\Documents de travail\Caractéristiques de l'appareil\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ETABLISSEMENTS\0- AUTORISATIONS SANITAIRES\04- REFORME DES AUTORISATIONS\02- ACTIVITES DE SOINS - TEXTES REGLEMENTAIRES\IMAGERIE DIAGNOSTIQUE ET INTER\Mis en ligne Installation ou Remplacement d'équipement\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D15B48C5-1E3A-4FE8-B5D8-7777A70D08EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40F62BFE-F03F-4701-A7AA-C91A19BFBF92}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="12852" windowWidth="23256" windowHeight="13896" xr2:uid="{51012DE3-7F9A-4194-9FA7-FB601063CACE}"/>
   </bookViews>
   <sheets>
     <sheet name="Fiche 1 REMPLACEMENT" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="26">
   <si>
     <t>Adresse du site concerné par le remplacement d'appareil (implantation géographique)</t>
   </si>
   <si>
     <t>PERSONNE DECLARANTE</t>
   </si>
   <si>
     <t>Nom / prénom</t>
   </si>
   <si>
     <t>Adresse mail</t>
   </si>
   <si>
     <t>Numéro de téléphone</t>
   </si>
   <si>
     <t>IDENTIFICATION DU SITE</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Constructeur</t>
   </si>
   <si>
@@ -99,116 +99,119 @@
     <t>CARACTERISTIQUES DU NOUVEL APPAREIL</t>
   </si>
   <si>
     <t>Date de mise en service du nouvel appareil</t>
   </si>
   <si>
     <t>APPAREIL REMPLACÉ</t>
   </si>
   <si>
     <t xml:space="preserve">Marque </t>
   </si>
   <si>
     <t>N°série</t>
   </si>
   <si>
     <t>Polyvalent ou ostéoarticulaire (IRM)</t>
   </si>
   <si>
     <t>Champ (IRM)</t>
   </si>
   <si>
     <t>Diamètre du tube / tunnel (IRM)</t>
   </si>
   <si>
     <t>FICHE 1</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Comptage photonique (scanners) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NON OBLIGATOIRE</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nombre de coupes par rotation (scanners) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NON OBLIGATOIRE</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Appareil reconditionné / upgradé </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NON OBLIGATOIRE</t>
+    </r>
+  </si>
+  <si>
+    <t>FICHE D'INFORMATION SUR LES CARACTERISTIQUES DE L'APPAREIL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="7" tint="-0.249977111117893"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>REMPLACEMENT</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> D'EQUIPEMENT MATERIEL LOURD DE RADIOLOGIE DIAGNOSTIQUE                                                                                                FICHE D'INFORMATION SUR LES CARACTERISTIQUES DE L'APPAREIL</t>
-[...42 lines deleted...]
-      <t>NON OBLIGATOIRE</t>
+      <t xml:space="preserve"> D'EQUIPEMENT MATERIEL LOURD </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0#&quot; &quot;##&quot; &quot;##&quot; &quot;##&quot; &quot;##"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -284,93 +287,102 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -732,342 +744,361 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0125960E-9094-487D-BD0E-BF18407BA1FF}">
   <sheetPr>
     <tabColor theme="4" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:F29"/>
+  <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="A2" sqref="A2:XFD4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="48.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="21" style="1" customWidth="1"/>
     <col min="3" max="4" width="11.42578125" style="1"/>
     <col min="5" max="5" width="6.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="0.7109375" style="1" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E1" s="14" t="s">
+      <c r="E1" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+    </row>
+    <row r="3" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" s="16"/>
+      <c r="C3" s="16"/>
+      <c r="D3" s="16"/>
+      <c r="E3" s="16"/>
+      <c r="F3" s="8"/>
+    </row>
+    <row r="4" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="8"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
+      <c r="E4" s="17"/>
+      <c r="F4" s="8"/>
+    </row>
+    <row r="5" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+    <row r="6" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="9"/>
-[...6 lines deleted...]
-      <c r="A5" s="3" t="s">
+      <c r="B6" s="11"/>
+      <c r="C6" s="11"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+    </row>
+    <row r="7" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="9"/>
-[...6 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="11"/>
+      <c r="F7" s="11"/>
+    </row>
+    <row r="8" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="B6" s="8"/>
-[...6 lines deleted...]
-      <c r="A7" s="2" t="s">
+      <c r="B8" s="10"/>
+      <c r="C8" s="10"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="10"/>
+    </row>
+    <row r="9" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
         <v>1</v>
-      </c>
-[...18 lines deleted...]
-        <v>3</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
     </row>
     <row r="10" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-      <c r="F10" s="12"/>
+        <v>2</v>
+      </c>
+      <c r="B10" s="11"/>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="11"/>
     </row>
     <row r="11" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
-[...6 lines deleted...]
-      <c r="F11" s="7"/>
+      <c r="A11" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="11"/>
+      <c r="C11" s="11"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="11"/>
     </row>
     <row r="12" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="E12" s="9"/>
+        <v>4</v>
+      </c>
+      <c r="B12" s="14"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="14"/>
     </row>
     <row r="13" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-        <v>7</v>
+      <c r="A13" s="2" t="s">
+        <v>14</v>
       </c>
       <c r="B13" s="9"/>
       <c r="C13" s="9"/>
-      <c r="D13" s="10"/>
-      <c r="E13" s="10"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
     </row>
     <row r="14" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="E14" s="10"/>
+        <v>6</v>
+      </c>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
     </row>
     <row r="15" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
-[...6 lines deleted...]
-      <c r="F15" s="7"/>
+      <c r="A15" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="12"/>
     </row>
     <row r="16" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>15</v>
+        <v>9</v>
+      </c>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="12"/>
+    </row>
+    <row r="17" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>12</v>
       </c>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
-      <c r="D17" s="10"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D17" s="9"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="9"/>
+    </row>
+    <row r="18" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18" s="11"/>
+      <c r="C18" s="11"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="12"/>
+    </row>
+    <row r="19" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="11"/>
+      <c r="C19" s="11"/>
+      <c r="D19" s="12"/>
+      <c r="E19" s="12"/>
+    </row>
+    <row r="20" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B18" s="9"/>
-[...5 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="B20" s="11"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
+    </row>
+    <row r="21" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="9"/>
-[...5 lines deleted...]
-      <c r="A20" s="3" t="s">
+      <c r="B21" s="11"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+    </row>
+    <row r="22" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B20" s="9"/>
-[...5 lines deleted...]
-      <c r="A21" s="3" t="s">
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="12"/>
+    </row>
+    <row r="23" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="9"/>
-[...5 lines deleted...]
-      <c r="A22" s="3" t="s">
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="12"/>
+    </row>
+    <row r="24" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="9"/>
-[...5 lines deleted...]
-      <c r="A23" s="3" t="s">
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="12"/>
+    </row>
+    <row r="25" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="9"/>
-[...5 lines deleted...]
-      <c r="A24" s="6" t="s">
+      <c r="B25" s="11"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="12"/>
+      <c r="E25" s="12"/>
+    </row>
+    <row r="26" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B26" s="11"/>
+      <c r="C26" s="11"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="12"/>
+    </row>
+    <row r="27" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="B24" s="9"/>
-[...5 lines deleted...]
-      <c r="A25" s="6" t="s">
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
+    </row>
+    <row r="28" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="B25" s="9"/>
-[...14 lines deleted...]
-      <c r="A27" s="5" t="s">
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="12"/>
+    </row>
+    <row r="29" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B27" s="13"/>
-[...4 lines deleted...]
-    <row r="29" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="B29" s="15"/>
+      <c r="C29" s="11"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+    </row>
+    <row r="31" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="25">
-[...3 lines deleted...]
-    <mergeCell ref="B22:E22"/>
+  <mergeCells count="26">
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="B29:E29"/>
     <mergeCell ref="B23:E23"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="B25:E25"/>
-    <mergeCell ref="B16:E16"/>
-    <mergeCell ref="B17:E17"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="B27:E27"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="B20:E20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="B22:E22"/>
     <mergeCell ref="A2:F2"/>
+    <mergeCell ref="B11:F11"/>
     <mergeCell ref="B9:F9"/>
+    <mergeCell ref="B12:F12"/>
+    <mergeCell ref="B6:F6"/>
+    <mergeCell ref="B10:F10"/>
     <mergeCell ref="B7:F7"/>
-    <mergeCell ref="B10:F10"/>
-    <mergeCell ref="B4:F4"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="B17:F17"/>
     <mergeCell ref="B8:F8"/>
-    <mergeCell ref="B5:F5"/>
-[...4 lines deleted...]
-    <mergeCell ref="B13:E13"/>
     <mergeCell ref="B14:E14"/>
+    <mergeCell ref="B13:F13"/>
+    <mergeCell ref="B15:E15"/>
+    <mergeCell ref="B16:E16"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="B16:C16 B12:C12" xr:uid="{D5170EC1-FAB4-498E-B898-90F5B5173583}">
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="B18:C18 B14:C14" xr:uid="{D5170EC1-FAB4-498E-B898-90F5B5173583}">
       <formula1>"Scanner,IRM"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="3.937007874015748E-2" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="94" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>